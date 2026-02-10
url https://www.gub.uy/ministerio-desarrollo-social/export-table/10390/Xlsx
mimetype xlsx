--- v0 (2025-12-13)
+++ v1 (2026-02-10)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="59">
   <si>
     <t>Sexo</t>
   </si>
   <si>
     <t>jul-2021</t>
   </si>
   <si>
     <t>ago-2021</t>
   </si>
   <si>
     <t>set-2021</t>
   </si>
   <si>
     <t>oct-2021</t>
   </si>
   <si>
     <t>nov-2021</t>
   </si>
   <si>
     <t>dic-2021</t>
   </si>
   <si>
     <t>ene-2022</t>
   </si>
   <si>
@@ -107,102 +107,120 @@
   <si>
     <t>may-2023</t>
   </si>
   <si>
     <t>jun-2023</t>
   </si>
   <si>
     <t>jul-2023</t>
   </si>
   <si>
     <t>ago-2023</t>
   </si>
   <si>
     <t>set-2023</t>
   </si>
   <si>
     <t>oct-2023</t>
   </si>
   <si>
     <t>nov-2023</t>
   </si>
   <si>
     <t>dic-2023</t>
   </si>
   <si>
-    <t>ene-24</t>
-[...50 lines deleted...]
-    <t>jun-25</t>
+    <t>ene-2024</t>
+  </si>
+  <si>
+    <t>feb-2024</t>
+  </si>
+  <si>
+    <t>mar-2024</t>
+  </si>
+  <si>
+    <t>abr-2024</t>
+  </si>
+  <si>
+    <t>may-2024</t>
+  </si>
+  <si>
+    <t>jun-2024</t>
+  </si>
+  <si>
+    <t>jul-2024</t>
+  </si>
+  <si>
+    <t>ago-2024</t>
+  </si>
+  <si>
+    <t>set-2024</t>
+  </si>
+  <si>
+    <t>oct-2024</t>
+  </si>
+  <si>
+    <t>nov-2024</t>
+  </si>
+  <si>
+    <t>dic-2024</t>
+  </si>
+  <si>
+    <t>ene-2025</t>
+  </si>
+  <si>
+    <t>feb-2025</t>
+  </si>
+  <si>
+    <t>mar-2025</t>
+  </si>
+  <si>
+    <t>abr-2025</t>
+  </si>
+  <si>
+    <t>may-2025</t>
+  </si>
+  <si>
+    <t>jun-2025</t>
+  </si>
+  <si>
+    <t>jul-2025</t>
+  </si>
+  <si>
+    <t>ago-2025</t>
+  </si>
+  <si>
+    <t>set-2025</t>
+  </si>
+  <si>
+    <t>oct-2025</t>
+  </si>
+  <si>
+    <t>nov-2025</t>
+  </si>
+  <si>
+    <t>dic-2025</t>
   </si>
   <si>
     <t>Mujeres</t>
   </si>
   <si>
     <t>Varones</t>
   </si>
   <si>
     <t>Sin dato</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -518,59 +536,59 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:AW5"/>
+  <dimension ref="A1:BC5"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
-    <row r="1" spans="1:49">
+    <row r="1" spans="1:55">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
@@ -674,54 +692,72 @@
       </c>
       <c r="AP1" t="s">
         <v>41</v>
       </c>
       <c r="AQ1" t="s">
         <v>42</v>
       </c>
       <c r="AR1" t="s">
         <v>43</v>
       </c>
       <c r="AS1" t="s">
         <v>44</v>
       </c>
       <c r="AT1" t="s">
         <v>45</v>
       </c>
       <c r="AU1" t="s">
         <v>46</v>
       </c>
       <c r="AV1" t="s">
         <v>47</v>
       </c>
       <c r="AW1" t="s">
         <v>48</v>
       </c>
+      <c r="AX1" t="s">
+        <v>49</v>
+      </c>
+      <c r="AY1" t="s">
+        <v>50</v>
+      </c>
+      <c r="AZ1" t="s">
+        <v>51</v>
+      </c>
+      <c r="BA1" t="s">
+        <v>52</v>
+      </c>
+      <c r="BB1" t="s">
+        <v>53</v>
+      </c>
+      <c r="BC1" t="s">
+        <v>54</v>
+      </c>
     </row>
-    <row r="2" spans="1:49">
+    <row r="2" spans="1:55">
       <c r="A2" t="s">
-        <v>49</v>
+        <v>55</v>
       </c>
       <c r="B2">
         <v>78.941</v>
       </c>
       <c r="C2">
         <v>78.81</v>
       </c>
       <c r="D2">
         <v>78.63800000000001</v>
       </c>
       <c r="E2">
         <v>78.79600000000001</v>
       </c>
       <c r="F2">
         <v>78.91800000000001</v>
       </c>
       <c r="G2">
         <v>79.23099999999999</v>
       </c>
       <c r="H2">
         <v>79.5</v>
       </c>
       <c r="I2">
         <v>79.574</v>
       </c>
@@ -823,54 +859,72 @@
       </c>
       <c r="AP2">
         <v>88.282</v>
       </c>
       <c r="AQ2">
         <v>88.45099999999999</v>
       </c>
       <c r="AR2">
         <v>88.74299999999999</v>
       </c>
       <c r="AS2">
         <v>89.349</v>
       </c>
       <c r="AT2">
         <v>89.508</v>
       </c>
       <c r="AU2">
         <v>89.884</v>
       </c>
       <c r="AV2">
         <v>90.102</v>
       </c>
       <c r="AW2">
         <v>90.29000000000001</v>
       </c>
+      <c r="AX2">
+        <v>90.931</v>
+      </c>
+      <c r="AY2">
+        <v>90.94199999999999</v>
+      </c>
+      <c r="AZ2">
+        <v>91.306</v>
+      </c>
+      <c r="BA2">
+        <v>91.569</v>
+      </c>
+      <c r="BB2">
+        <v>91.824</v>
+      </c>
+      <c r="BC2">
+        <v>92.055000000000007</v>
+      </c>
     </row>
-    <row r="3" spans="1:49">
+    <row r="3" spans="1:55">
       <c r="A3" t="s">
-        <v>50</v>
+        <v>56</v>
       </c>
       <c r="B3">
         <v>7.736</v>
       </c>
       <c r="C3">
         <v>7.859</v>
       </c>
       <c r="D3">
         <v>7.982</v>
       </c>
       <c r="E3">
         <v>8.085000000000001</v>
       </c>
       <c r="F3">
         <v>8.218</v>
       </c>
       <c r="G3">
         <v>8.204</v>
       </c>
       <c r="H3">
         <v>8.252</v>
       </c>
       <c r="I3">
         <v>8.26</v>
       </c>
@@ -972,54 +1026,72 @@
       </c>
       <c r="AP3">
         <v>12.87</v>
       </c>
       <c r="AQ3">
         <v>12.851</v>
       </c>
       <c r="AR3">
         <v>12.891</v>
       </c>
       <c r="AS3">
         <v>13.099</v>
       </c>
       <c r="AT3">
         <v>13.127</v>
       </c>
       <c r="AU3">
         <v>13.219</v>
       </c>
       <c r="AV3">
         <v>13.348</v>
       </c>
       <c r="AW3">
         <v>13.289</v>
       </c>
+      <c r="AX3">
+        <v>13.514</v>
+      </c>
+      <c r="AY3">
+        <v>13.622</v>
+      </c>
+      <c r="AZ3">
+        <v>13.94</v>
+      </c>
+      <c r="BA3">
+        <v>14.234</v>
+      </c>
+      <c r="BB3">
+        <v>14.038</v>
+      </c>
+      <c r="BC3">
+        <v>14.092000000000001</v>
+      </c>
     </row>
-    <row r="4" spans="1:49">
+    <row r="4" spans="1:55">
       <c r="A4" t="s">
-        <v>51</v>
+        <v>57</v>
       </c>
       <c r="B4">
         <v>24</v>
       </c>
       <c r="C4">
         <v>30</v>
       </c>
       <c r="D4">
         <v>35</v>
       </c>
       <c r="E4">
         <v>33</v>
       </c>
       <c r="F4">
         <v>64</v>
       </c>
       <c r="G4">
         <v>35</v>
       </c>
       <c r="H4">
         <v>21</v>
       </c>
       <c r="I4">
         <v>30</v>
       </c>
@@ -1121,54 +1193,72 @@
       </c>
       <c r="AP4">
         <v>54</v>
       </c>
       <c r="AQ4">
         <v>43</v>
       </c>
       <c r="AR4">
         <v>54</v>
       </c>
       <c r="AS4">
         <v>19</v>
       </c>
       <c r="AT4">
         <v>31</v>
       </c>
       <c r="AU4">
         <v>35</v>
       </c>
       <c r="AV4">
         <v>34</v>
       </c>
       <c r="AW4">
         <v>40</v>
       </c>
+      <c r="AX4">
+        <v>38</v>
+      </c>
+      <c r="AY4">
+        <v>21</v>
+      </c>
+      <c r="AZ4">
+        <v>28</v>
+      </c>
+      <c r="BA4">
+        <v>38</v>
+      </c>
+      <c r="BB4">
+        <v>23</v>
+      </c>
+      <c r="BC4">
+        <v>38</v>
+      </c>
     </row>
-    <row r="5" spans="1:49">
+    <row r="5" spans="1:55">
       <c r="A5" t="s">
-        <v>52</v>
+        <v>58</v>
       </c>
       <c r="B5">
         <v>86.70099999999999</v>
       </c>
       <c r="C5">
         <v>86.699</v>
       </c>
       <c r="D5">
         <v>86.655</v>
       </c>
       <c r="E5">
         <v>86.914</v>
       </c>
       <c r="F5">
         <v>87.2</v>
       </c>
       <c r="G5">
         <v>87.47</v>
       </c>
       <c r="H5">
         <v>87.773</v>
       </c>
       <c r="I5">
         <v>87.864</v>
       </c>
@@ -1269,50 +1359,68 @@
         <v>101.069999999999993</v>
       </c>
       <c r="AP5">
         <v>101.206</v>
       </c>
       <c r="AQ5">
         <v>101.345</v>
       </c>
       <c r="AR5">
         <v>101.688</v>
       </c>
       <c r="AS5">
         <v>102.467</v>
       </c>
       <c r="AT5">
         <v>102.666</v>
       </c>
       <c r="AU5">
         <v>103.13800000000001</v>
       </c>
       <c r="AV5">
         <v>103.48399999999999</v>
       </c>
       <c r="AW5">
         <v>103.619</v>
+      </c>
+      <c r="AX5">
+        <v>104.483</v>
+      </c>
+      <c r="AY5">
+        <v>104.58499999999999</v>
+      </c>
+      <c r="AZ5">
+        <v>105.274</v>
+      </c>
+      <c r="BA5">
+        <v>105.84099999999999</v>
+      </c>
+      <c r="BB5">
+        <v>105.88500000000001</v>
+      </c>
+      <c r="BC5">
+        <v>106.185</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>