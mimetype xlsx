--- v0 (2025-12-13)
+++ v1 (2026-03-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="56">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="62">
   <si>
     <t>Tramos de edad</t>
   </si>
   <si>
     <t>jul-2021</t>
   </si>
   <si>
     <t>ago-2021</t>
   </si>
   <si>
     <t>set-2021</t>
   </si>
   <si>
     <t>oct-2021</t>
   </si>
   <si>
     <t>nov-2021</t>
   </si>
   <si>
     <t>dic-2021</t>
   </si>
   <si>
     <t>ene-2022</t>
   </si>
   <si>
@@ -107,102 +107,120 @@
   <si>
     <t>may-2023</t>
   </si>
   <si>
     <t>jun-2023</t>
   </si>
   <si>
     <t>jul-2023</t>
   </si>
   <si>
     <t>ago-2023</t>
   </si>
   <si>
     <t>set-2023</t>
   </si>
   <si>
     <t>oct-2023</t>
   </si>
   <si>
     <t>nov-2023</t>
   </si>
   <si>
     <t>dic-2023</t>
   </si>
   <si>
-    <t>ene-24</t>
-[...50 lines deleted...]
-    <t>jun-25</t>
+    <t>ene-2024</t>
+  </si>
+  <si>
+    <t>feb-2024</t>
+  </si>
+  <si>
+    <t>mar-2024</t>
+  </si>
+  <si>
+    <t>abr-2024</t>
+  </si>
+  <si>
+    <t>may-2024</t>
+  </si>
+  <si>
+    <t>jun-2024</t>
+  </si>
+  <si>
+    <t>jul-2024</t>
+  </si>
+  <si>
+    <t>ago-2024</t>
+  </si>
+  <si>
+    <t>set-2024</t>
+  </si>
+  <si>
+    <t>oct-2024</t>
+  </si>
+  <si>
+    <t>nov-2024</t>
+  </si>
+  <si>
+    <t>dic-2024</t>
+  </si>
+  <si>
+    <t>ene-2025</t>
+  </si>
+  <si>
+    <t>feb-2025</t>
+  </si>
+  <si>
+    <t>mar-2025</t>
+  </si>
+  <si>
+    <t>abr-2025</t>
+  </si>
+  <si>
+    <t>may-2025</t>
+  </si>
+  <si>
+    <t>jun-2025</t>
+  </si>
+  <si>
+    <t>jul-2025</t>
+  </si>
+  <si>
+    <t>ago-2025</t>
+  </si>
+  <si>
+    <t>set-2025</t>
+  </si>
+  <si>
+    <t>oct-2025</t>
+  </si>
+  <si>
+    <t>nov-2025</t>
+  </si>
+  <si>
+    <t>dic-2025</t>
   </si>
   <si>
     <t>Menores de 18</t>
   </si>
   <si>
     <t>18 a 29 años</t>
   </si>
   <si>
     <t>30 a 45 años</t>
   </si>
   <si>
     <t>46 a 60 años</t>
   </si>
   <si>
     <t>Mayores de 60 años</t>
   </si>
   <si>
     <t>Sin Dato</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
@@ -527,59 +545,59 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:AW8"/>
+  <dimension ref="A1:BC8"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
-    <row r="1" spans="1:49">
+    <row r="1" spans="1:55">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
@@ -683,54 +701,72 @@
       </c>
       <c r="AP1" t="s">
         <v>41</v>
       </c>
       <c r="AQ1" t="s">
         <v>42</v>
       </c>
       <c r="AR1" t="s">
         <v>43</v>
       </c>
       <c r="AS1" t="s">
         <v>44</v>
       </c>
       <c r="AT1" t="s">
         <v>45</v>
       </c>
       <c r="AU1" t="s">
         <v>46</v>
       </c>
       <c r="AV1" t="s">
         <v>47</v>
       </c>
       <c r="AW1" t="s">
         <v>48</v>
       </c>
+      <c r="AX1" t="s">
+        <v>49</v>
+      </c>
+      <c r="AY1" t="s">
+        <v>50</v>
+      </c>
+      <c r="AZ1" t="s">
+        <v>51</v>
+      </c>
+      <c r="BA1" t="s">
+        <v>52</v>
+      </c>
+      <c r="BB1" t="s">
+        <v>53</v>
+      </c>
+      <c r="BC1" t="s">
+        <v>54</v>
+      </c>
     </row>
-    <row r="2" spans="1:49">
+    <row r="2" spans="1:55">
       <c r="A2" t="s">
-        <v>49</v>
+        <v>55</v>
       </c>
       <c r="B2">
         <v>424</v>
       </c>
       <c r="C2">
         <v>415</v>
       </c>
       <c r="D2">
         <v>410</v>
       </c>
       <c r="E2">
         <v>392</v>
       </c>
       <c r="F2">
         <v>394</v>
       </c>
       <c r="G2">
         <v>398</v>
       </c>
       <c r="H2">
         <v>408</v>
       </c>
       <c r="I2">
         <v>399</v>
       </c>
@@ -832,54 +868,72 @@
       </c>
       <c r="AP2">
         <v>617</v>
       </c>
       <c r="AQ2">
         <v>627</v>
       </c>
       <c r="AR2">
         <v>641</v>
       </c>
       <c r="AS2">
         <v>649</v>
       </c>
       <c r="AT2">
         <v>622</v>
       </c>
       <c r="AU2">
         <v>643</v>
       </c>
       <c r="AV2">
         <v>629</v>
       </c>
       <c r="AW2">
         <v>598</v>
       </c>
+      <c r="AX2">
+        <v>614</v>
+      </c>
+      <c r="AY2">
+        <v>626</v>
+      </c>
+      <c r="AZ2">
+        <v>631</v>
+      </c>
+      <c r="BA2">
+        <v>612</v>
+      </c>
+      <c r="BB2">
+        <v>607</v>
+      </c>
+      <c r="BC2">
+        <v>588</v>
+      </c>
     </row>
-    <row r="3" spans="1:49">
+    <row r="3" spans="1:55">
       <c r="A3" t="s">
-        <v>50</v>
+        <v>56</v>
       </c>
       <c r="B3">
         <v>22.62</v>
       </c>
       <c r="C3">
         <v>22.501</v>
       </c>
       <c r="D3">
         <v>22.449</v>
       </c>
       <c r="E3">
         <v>22.542</v>
       </c>
       <c r="F3">
         <v>22.619</v>
       </c>
       <c r="G3">
         <v>22.727</v>
       </c>
       <c r="H3">
         <v>22.793</v>
       </c>
       <c r="I3">
         <v>22.786</v>
       </c>
@@ -981,54 +1035,72 @@
       </c>
       <c r="AP3">
         <v>24.461</v>
       </c>
       <c r="AQ3">
         <v>24.374</v>
       </c>
       <c r="AR3">
         <v>24.346</v>
       </c>
       <c r="AS3">
         <v>24.559</v>
       </c>
       <c r="AT3">
         <v>24.527</v>
       </c>
       <c r="AU3">
         <v>24.531</v>
       </c>
       <c r="AV3">
         <v>24.491</v>
       </c>
       <c r="AW3">
         <v>24.427</v>
       </c>
+      <c r="AX3">
+        <v>24.484</v>
+      </c>
+      <c r="AY3">
+        <v>24.375</v>
+      </c>
+      <c r="AZ3">
+        <v>24.433</v>
+      </c>
+      <c r="BA3">
+        <v>24.407</v>
+      </c>
+      <c r="BB3">
+        <v>24.328</v>
+      </c>
+      <c r="BC3">
+        <v>24.377</v>
+      </c>
     </row>
-    <row r="4" spans="1:49">
+    <row r="4" spans="1:55">
       <c r="A4" t="s">
-        <v>51</v>
+        <v>57</v>
       </c>
       <c r="B4">
         <v>43.965</v>
       </c>
       <c r="C4">
         <v>44.027999999999999</v>
       </c>
       <c r="D4">
         <v>43.981</v>
       </c>
       <c r="E4">
         <v>44.097999999999999</v>
       </c>
       <c r="F4">
         <v>44.179</v>
       </c>
       <c r="G4">
         <v>44.253</v>
       </c>
       <c r="H4">
         <v>44.405</v>
       </c>
       <c r="I4">
         <v>44.415</v>
       </c>
@@ -1130,54 +1202,72 @@
       </c>
       <c r="AP4">
         <v>49.566</v>
       </c>
       <c r="AQ4">
         <v>49.714</v>
       </c>
       <c r="AR4">
         <v>49.879</v>
       </c>
       <c r="AS4">
         <v>50.127</v>
       </c>
       <c r="AT4">
         <v>50.262</v>
       </c>
       <c r="AU4">
         <v>50.472</v>
       </c>
       <c r="AV4">
         <v>50.693</v>
       </c>
       <c r="AW4">
         <v>50.88</v>
       </c>
+      <c r="AX4">
+        <v>51.294</v>
+      </c>
+      <c r="AY4">
+        <v>51.44</v>
+      </c>
+      <c r="AZ4">
+        <v>51.796</v>
+      </c>
+      <c r="BA4">
+        <v>52.012999999999998</v>
+      </c>
+      <c r="BB4">
+        <v>52.060000000000002</v>
+      </c>
+      <c r="BC4">
+        <v>52.23</v>
+      </c>
     </row>
-    <row r="5" spans="1:49">
+    <row r="5" spans="1:55">
       <c r="A5" t="s">
-        <v>52</v>
+        <v>58</v>
       </c>
       <c r="B5">
         <v>15.411</v>
       </c>
       <c r="C5">
         <v>15.451</v>
       </c>
       <c r="D5">
         <v>15.483</v>
       </c>
       <c r="E5">
         <v>15.521</v>
       </c>
       <c r="F5">
         <v>15.605</v>
       </c>
       <c r="G5">
         <v>15.653</v>
       </c>
       <c r="H5">
         <v>15.705</v>
       </c>
       <c r="I5">
         <v>15.776</v>
       </c>
@@ -1279,54 +1369,72 @@
       </c>
       <c r="AP5">
         <v>19.374</v>
       </c>
       <c r="AQ5">
         <v>19.419</v>
       </c>
       <c r="AR5">
         <v>19.519</v>
       </c>
       <c r="AS5">
         <v>19.743</v>
       </c>
       <c r="AT5">
         <v>19.838</v>
       </c>
       <c r="AU5">
         <v>19.995</v>
       </c>
       <c r="AV5">
         <v>20.116</v>
       </c>
       <c r="AW5">
         <v>20.145</v>
       </c>
+      <c r="AX5">
+        <v>20.43</v>
+      </c>
+      <c r="AY5">
+        <v>20.433</v>
+      </c>
+      <c r="AZ5">
+        <v>20.598</v>
+      </c>
+      <c r="BA5">
+        <v>20.813</v>
+      </c>
+      <c r="BB5">
+        <v>20.868</v>
+      </c>
+      <c r="BC5">
+        <v>20.957</v>
+      </c>
     </row>
-    <row r="6" spans="1:49">
+    <row r="6" spans="1:55">
       <c r="A6" t="s">
-        <v>53</v>
+        <v>59</v>
       </c>
       <c r="B6">
         <v>4.267</v>
       </c>
       <c r="C6">
         <v>4.291</v>
       </c>
       <c r="D6">
         <v>4.316</v>
       </c>
       <c r="E6">
         <v>4.349</v>
       </c>
       <c r="F6">
         <v>4.382</v>
       </c>
       <c r="G6">
         <v>4.427</v>
       </c>
       <c r="H6">
         <v>4.455</v>
       </c>
       <c r="I6">
         <v>4.474</v>
       </c>
@@ -1428,54 +1536,72 @@
       </c>
       <c r="AP6">
         <v>7.16</v>
       </c>
       <c r="AQ6">
         <v>7.189</v>
       </c>
       <c r="AR6">
         <v>7.277</v>
       </c>
       <c r="AS6">
         <v>7.373</v>
       </c>
       <c r="AT6">
         <v>7.403</v>
       </c>
       <c r="AU6">
         <v>7.483</v>
       </c>
       <c r="AV6">
         <v>7.545</v>
       </c>
       <c r="AW6">
         <v>7.561</v>
       </c>
+      <c r="AX6">
+        <v>7.656</v>
+      </c>
+      <c r="AY6">
+        <v>7.703</v>
+      </c>
+      <c r="AZ6">
+        <v>7.804</v>
+      </c>
+      <c r="BA6">
+        <v>7.979</v>
+      </c>
+      <c r="BB6">
+        <v>8.016999999999999</v>
+      </c>
+      <c r="BC6">
+        <v>8.026</v>
+      </c>
     </row>
-    <row r="7" spans="1:49">
+    <row r="7" spans="1:55">
       <c r="A7" t="s">
-        <v>54</v>
+        <v>60</v>
       </c>
       <c r="B7">
         <v>14</v>
       </c>
       <c r="C7">
         <v>13</v>
       </c>
       <c r="D7">
         <v>16</v>
       </c>
       <c r="E7">
         <v>12</v>
       </c>
       <c r="F7">
         <v>21</v>
       </c>
       <c r="G7">
         <v>12</v>
       </c>
       <c r="H7">
         <v>7</v>
       </c>
       <c r="I7">
         <v>14</v>
       </c>
@@ -1577,54 +1703,72 @@
       </c>
       <c r="AP7">
         <v>28</v>
       </c>
       <c r="AQ7">
         <v>22</v>
       </c>
       <c r="AR7">
         <v>26</v>
       </c>
       <c r="AS7">
         <v>16</v>
       </c>
       <c r="AT7">
         <v>14</v>
       </c>
       <c r="AU7">
         <v>14</v>
       </c>
       <c r="AV7">
         <v>10</v>
       </c>
       <c r="AW7">
         <v>8</v>
       </c>
+      <c r="AX7">
+        <v>5</v>
+      </c>
+      <c r="AY7">
+        <v>8</v>
+      </c>
+      <c r="AZ7">
+        <v>12</v>
+      </c>
+      <c r="BA7">
+        <v>17</v>
+      </c>
+      <c r="BB7">
+        <v>5</v>
+      </c>
+      <c r="BC7">
+        <v>7</v>
+      </c>
     </row>
-    <row r="8" spans="1:49">
+    <row r="8" spans="1:55">
       <c r="A8" t="s">
-        <v>55</v>
+        <v>61</v>
       </c>
       <c r="B8">
         <v>86.70099999999999</v>
       </c>
       <c r="C8">
         <v>86.699</v>
       </c>
       <c r="D8">
         <v>86.655</v>
       </c>
       <c r="E8">
         <v>86.914</v>
       </c>
       <c r="F8">
         <v>87.2</v>
       </c>
       <c r="G8">
         <v>87.47</v>
       </c>
       <c r="H8">
         <v>87.773</v>
       </c>
       <c r="I8">
         <v>87.864</v>
       </c>
@@ -1725,50 +1869,68 @@
         <v>101.069999999999993</v>
       </c>
       <c r="AP8">
         <v>101.206</v>
       </c>
       <c r="AQ8">
         <v>101.345</v>
       </c>
       <c r="AR8">
         <v>101.688</v>
       </c>
       <c r="AS8">
         <v>102.467</v>
       </c>
       <c r="AT8">
         <v>102.666</v>
       </c>
       <c r="AU8">
         <v>103.13800000000001</v>
       </c>
       <c r="AV8">
         <v>103.48399999999999</v>
       </c>
       <c r="AW8">
         <v>103.619</v>
+      </c>
+      <c r="AX8">
+        <v>104.483</v>
+      </c>
+      <c r="AY8">
+        <v>104.58499999999999</v>
+      </c>
+      <c r="AZ8">
+        <v>105.274</v>
+      </c>
+      <c r="BA8">
+        <v>105.84099999999999</v>
+      </c>
+      <c r="BB8">
+        <v>105.88500000000001</v>
+      </c>
+      <c r="BC8">
+        <v>106.185</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>