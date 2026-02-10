--- v0 (2025-12-13)
+++ v1 (2026-02-10)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="70">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="76">
   <si>
     <t>Departamento</t>
   </si>
   <si>
     <t>jul-2021</t>
   </si>
   <si>
     <t>ago-2021</t>
   </si>
   <si>
     <t>set-2021</t>
   </si>
   <si>
     <t>oct-2021</t>
   </si>
   <si>
     <t>nov-2021</t>
   </si>
   <si>
     <t>dic-2021</t>
   </si>
   <si>
     <t>ene-2022</t>
   </si>
   <si>
@@ -107,102 +107,120 @@
   <si>
     <t>may-2023</t>
   </si>
   <si>
     <t>jun-2023</t>
   </si>
   <si>
     <t>jul-2023</t>
   </si>
   <si>
     <t>ago-2023</t>
   </si>
   <si>
     <t>set-2023</t>
   </si>
   <si>
     <t>oct-2023</t>
   </si>
   <si>
     <t>nov-2023</t>
   </si>
   <si>
     <t>dic-2023</t>
   </si>
   <si>
-    <t>ene-24</t>
-[...50 lines deleted...]
-    <t>jun-25</t>
+    <t>ene-2024</t>
+  </si>
+  <si>
+    <t>feb-2024</t>
+  </si>
+  <si>
+    <t>mar-2024</t>
+  </si>
+  <si>
+    <t>abr-2024</t>
+  </si>
+  <si>
+    <t>may-2024</t>
+  </si>
+  <si>
+    <t>jun-2024</t>
+  </si>
+  <si>
+    <t>jul-2024</t>
+  </si>
+  <si>
+    <t>ago-2024</t>
+  </si>
+  <si>
+    <t>set-2024</t>
+  </si>
+  <si>
+    <t>oct-2024</t>
+  </si>
+  <si>
+    <t>nov-2024</t>
+  </si>
+  <si>
+    <t>dic-2024</t>
+  </si>
+  <si>
+    <t>ene-2025</t>
+  </si>
+  <si>
+    <t>feb-2025</t>
+  </si>
+  <si>
+    <t>mar-2025</t>
+  </si>
+  <si>
+    <t>abr-2025</t>
+  </si>
+  <si>
+    <t>may-2025</t>
+  </si>
+  <si>
+    <t>jun-2025</t>
+  </si>
+  <si>
+    <t>jul-2025</t>
+  </si>
+  <si>
+    <t>ago-2025</t>
+  </si>
+  <si>
+    <t>set-2025</t>
+  </si>
+  <si>
+    <t>oct-2025</t>
+  </si>
+  <si>
+    <t>nov-2025</t>
+  </si>
+  <si>
+    <t>dic-2025</t>
   </si>
   <si>
     <t>Artigas</t>
   </si>
   <si>
     <t>Canelones</t>
   </si>
   <si>
     <t>Cerro Largo</t>
   </si>
   <si>
     <t>Colonia</t>
   </si>
   <si>
     <t>Durazno</t>
   </si>
   <si>
     <t>Flores</t>
   </si>
   <si>
     <t>Florida</t>
   </si>
   <si>
     <t>Lavalleja</t>
   </si>
@@ -569,59 +587,59 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:AW22"/>
+  <dimension ref="A1:BC22"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
-    <row r="1" spans="1:49">
+    <row r="1" spans="1:55">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
@@ -725,54 +743,72 @@
       </c>
       <c r="AP1" t="s">
         <v>41</v>
       </c>
       <c r="AQ1" t="s">
         <v>42</v>
       </c>
       <c r="AR1" t="s">
         <v>43</v>
       </c>
       <c r="AS1" t="s">
         <v>44</v>
       </c>
       <c r="AT1" t="s">
         <v>45</v>
       </c>
       <c r="AU1" t="s">
         <v>46</v>
       </c>
       <c r="AV1" t="s">
         <v>47</v>
       </c>
       <c r="AW1" t="s">
         <v>48</v>
       </c>
+      <c r="AX1" t="s">
+        <v>49</v>
+      </c>
+      <c r="AY1" t="s">
+        <v>50</v>
+      </c>
+      <c r="AZ1" t="s">
+        <v>51</v>
+      </c>
+      <c r="BA1" t="s">
+        <v>52</v>
+      </c>
+      <c r="BB1" t="s">
+        <v>53</v>
+      </c>
+      <c r="BC1" t="s">
+        <v>54</v>
+      </c>
     </row>
-    <row r="2" spans="1:49">
+    <row r="2" spans="1:55">
       <c r="A2" t="s">
-        <v>49</v>
+        <v>55</v>
       </c>
       <c r="B2">
         <v>3.137</v>
       </c>
       <c r="C2">
         <v>3.136</v>
       </c>
       <c r="D2">
         <v>3.089</v>
       </c>
       <c r="E2">
         <v>3.096</v>
       </c>
       <c r="F2">
         <v>3.086</v>
       </c>
       <c r="G2">
         <v>3.089</v>
       </c>
       <c r="H2">
         <v>3.12</v>
       </c>
       <c r="I2">
         <v>3.124</v>
       </c>
@@ -874,54 +910,72 @@
       </c>
       <c r="AP2">
         <v>3.897</v>
       </c>
       <c r="AQ2">
         <v>3.929</v>
       </c>
       <c r="AR2">
         <v>3.958</v>
       </c>
       <c r="AS2">
         <v>3.976</v>
       </c>
       <c r="AT2">
         <v>4.0090000000000003</v>
       </c>
       <c r="AU2">
         <v>4.022</v>
       </c>
       <c r="AV2">
         <v>4.038</v>
       </c>
       <c r="AW2">
         <v>4.062</v>
       </c>
+      <c r="AX2">
+        <v>4.086</v>
+      </c>
+      <c r="AY2">
+        <v>4.09</v>
+      </c>
+      <c r="AZ2">
+        <v>4.103</v>
+      </c>
+      <c r="BA2">
+        <v>4.116</v>
+      </c>
+      <c r="BB2">
+        <v>4.159</v>
+      </c>
+      <c r="BC2">
+        <v>4.174</v>
+      </c>
     </row>
-    <row r="3" spans="1:49">
+    <row r="3" spans="1:55">
       <c r="A3" t="s">
-        <v>50</v>
+        <v>56</v>
       </c>
       <c r="B3">
         <v>13.095000000000001</v>
       </c>
       <c r="C3">
         <v>13.095000000000001</v>
       </c>
       <c r="D3">
         <v>13.142</v>
       </c>
       <c r="E3">
         <v>13.178</v>
       </c>
       <c r="F3">
         <v>13.155</v>
       </c>
       <c r="G3">
         <v>13.169</v>
       </c>
       <c r="H3">
         <v>13.183</v>
       </c>
       <c r="I3">
         <v>13.2</v>
       </c>
@@ -1023,54 +1077,72 @@
       </c>
       <c r="AP3">
         <v>15.128</v>
       </c>
       <c r="AQ3">
         <v>15.143</v>
       </c>
       <c r="AR3">
         <v>15.225</v>
       </c>
       <c r="AS3">
         <v>15.468</v>
       </c>
       <c r="AT3">
         <v>15.485</v>
       </c>
       <c r="AU3">
         <v>15.592</v>
       </c>
       <c r="AV3">
         <v>15.663</v>
       </c>
       <c r="AW3">
         <v>15.738</v>
       </c>
+      <c r="AX3">
+        <v>15.925</v>
+      </c>
+      <c r="AY3">
+        <v>15.932</v>
+      </c>
+      <c r="AZ3">
+        <v>15.987</v>
+      </c>
+      <c r="BA3">
+        <v>16.056999999999999</v>
+      </c>
+      <c r="BB3">
+        <v>16.116</v>
+      </c>
+      <c r="BC3">
+        <v>16.189</v>
+      </c>
     </row>
-    <row r="4" spans="1:49">
+    <row r="4" spans="1:55">
       <c r="A4" t="s">
-        <v>51</v>
+        <v>57</v>
       </c>
       <c r="B4">
         <v>2.988</v>
       </c>
       <c r="C4">
         <v>2.982</v>
       </c>
       <c r="D4">
         <v>2.988</v>
       </c>
       <c r="E4">
         <v>2.97</v>
       </c>
       <c r="F4">
         <v>2.979</v>
       </c>
       <c r="G4">
         <v>2.98</v>
       </c>
       <c r="H4">
         <v>2.978</v>
       </c>
       <c r="I4">
         <v>2.965</v>
       </c>
@@ -1172,54 +1244,72 @@
       </c>
       <c r="AP4">
         <v>3.111</v>
       </c>
       <c r="AQ4">
         <v>3.127</v>
       </c>
       <c r="AR4">
         <v>3.16</v>
       </c>
       <c r="AS4">
         <v>3.169</v>
       </c>
       <c r="AT4">
         <v>3.173</v>
       </c>
       <c r="AU4">
         <v>3.184</v>
       </c>
       <c r="AV4">
         <v>3.203</v>
       </c>
       <c r="AW4">
         <v>3.203</v>
       </c>
+      <c r="AX4">
+        <v>3.222</v>
+      </c>
+      <c r="AY4">
+        <v>3.225</v>
+      </c>
+      <c r="AZ4">
+        <v>3.252</v>
+      </c>
+      <c r="BA4">
+        <v>3.269</v>
+      </c>
+      <c r="BB4">
+        <v>3.257</v>
+      </c>
+      <c r="BC4">
+        <v>3.255</v>
+      </c>
     </row>
-    <row r="5" spans="1:49">
+    <row r="5" spans="1:55">
       <c r="A5" t="s">
-        <v>52</v>
+        <v>58</v>
       </c>
       <c r="B5">
         <v>2.14</v>
       </c>
       <c r="C5">
         <v>2.129</v>
       </c>
       <c r="D5">
         <v>2.11</v>
       </c>
       <c r="E5">
         <v>2.128</v>
       </c>
       <c r="F5">
         <v>2.135</v>
       </c>
       <c r="G5">
         <v>2.159</v>
       </c>
       <c r="H5">
         <v>2.183</v>
       </c>
       <c r="I5">
         <v>2.182</v>
       </c>
@@ -1321,54 +1411,72 @@
       </c>
       <c r="AP5">
         <v>2.578</v>
       </c>
       <c r="AQ5">
         <v>2.587</v>
       </c>
       <c r="AR5">
         <v>2.622</v>
       </c>
       <c r="AS5">
         <v>2.648</v>
       </c>
       <c r="AT5">
         <v>2.648</v>
       </c>
       <c r="AU5">
         <v>2.665</v>
       </c>
       <c r="AV5">
         <v>2.669</v>
       </c>
       <c r="AW5">
         <v>2.67</v>
       </c>
+      <c r="AX5">
+        <v>2.684</v>
+      </c>
+      <c r="AY5">
+        <v>2.691</v>
+      </c>
+      <c r="AZ5">
+        <v>2.702</v>
+      </c>
+      <c r="BA5">
+        <v>2.7</v>
+      </c>
+      <c r="BB5">
+        <v>2.689</v>
+      </c>
+      <c r="BC5">
+        <v>2.694</v>
+      </c>
     </row>
-    <row r="6" spans="1:49">
+    <row r="6" spans="1:55">
       <c r="A6" t="s">
-        <v>53</v>
+        <v>59</v>
       </c>
       <c r="B6">
         <v>1.448</v>
       </c>
       <c r="C6">
         <v>1.439</v>
       </c>
       <c r="D6">
         <v>1.43</v>
       </c>
       <c r="E6">
         <v>1.432</v>
       </c>
       <c r="F6">
         <v>1.444</v>
       </c>
       <c r="G6">
         <v>1.445</v>
       </c>
       <c r="H6">
         <v>1.442</v>
       </c>
       <c r="I6">
         <v>1.434</v>
       </c>
@@ -1470,54 +1578,72 @@
       </c>
       <c r="AP6">
         <v>1.67</v>
       </c>
       <c r="AQ6">
         <v>1.684</v>
       </c>
       <c r="AR6">
         <v>1.69</v>
       </c>
       <c r="AS6">
         <v>1.684</v>
       </c>
       <c r="AT6">
         <v>1.688</v>
       </c>
       <c r="AU6">
         <v>1.688</v>
       </c>
       <c r="AV6">
         <v>1.699</v>
       </c>
       <c r="AW6">
         <v>1.709</v>
       </c>
+      <c r="AX6">
+        <v>1.723</v>
+      </c>
+      <c r="AY6">
+        <v>1.719</v>
+      </c>
+      <c r="AZ6">
+        <v>1.716</v>
+      </c>
+      <c r="BA6">
+        <v>1.722</v>
+      </c>
+      <c r="BB6">
+        <v>1.725</v>
+      </c>
+      <c r="BC6">
+        <v>1.727</v>
+      </c>
     </row>
-    <row r="7" spans="1:49">
+    <row r="7" spans="1:55">
       <c r="A7" t="s">
-        <v>54</v>
+        <v>60</v>
       </c>
       <c r="B7">
         <v>344</v>
       </c>
       <c r="C7">
         <v>346</v>
       </c>
       <c r="D7">
         <v>346</v>
       </c>
       <c r="E7">
         <v>340</v>
       </c>
       <c r="F7">
         <v>338</v>
       </c>
       <c r="G7">
         <v>338</v>
       </c>
       <c r="H7">
         <v>341</v>
       </c>
       <c r="I7">
         <v>337</v>
       </c>
@@ -1619,54 +1745,72 @@
       </c>
       <c r="AP7">
         <v>332</v>
       </c>
       <c r="AQ7">
         <v>332</v>
       </c>
       <c r="AR7">
         <v>342</v>
       </c>
       <c r="AS7">
         <v>351</v>
       </c>
       <c r="AT7">
         <v>348</v>
       </c>
       <c r="AU7">
         <v>350</v>
       </c>
       <c r="AV7">
         <v>359</v>
       </c>
       <c r="AW7">
         <v>356</v>
       </c>
+      <c r="AX7">
+        <v>360</v>
+      </c>
+      <c r="AY7">
+        <v>364</v>
+      </c>
+      <c r="AZ7">
+        <v>365</v>
+      </c>
+      <c r="BA7">
+        <v>365</v>
+      </c>
+      <c r="BB7">
+        <v>367</v>
+      </c>
+      <c r="BC7">
+        <v>366</v>
+      </c>
     </row>
-    <row r="8" spans="1:49">
+    <row r="8" spans="1:55">
       <c r="A8" t="s">
-        <v>55</v>
+        <v>61</v>
       </c>
       <c r="B8">
         <v>1.246</v>
       </c>
       <c r="C8">
         <v>1.235</v>
       </c>
       <c r="D8">
         <v>1.229</v>
       </c>
       <c r="E8">
         <v>1.259</v>
       </c>
       <c r="F8">
         <v>1.262</v>
       </c>
       <c r="G8">
         <v>1.256</v>
       </c>
       <c r="H8">
         <v>1.253</v>
       </c>
       <c r="I8">
         <v>1.267</v>
       </c>
@@ -1768,54 +1912,72 @@
       </c>
       <c r="AP8">
         <v>1.412</v>
       </c>
       <c r="AQ8">
         <v>1.421</v>
       </c>
       <c r="AR8">
         <v>1.446</v>
       </c>
       <c r="AS8">
         <v>1.452</v>
       </c>
       <c r="AT8">
         <v>1.459</v>
       </c>
       <c r="AU8">
         <v>1.463</v>
       </c>
       <c r="AV8">
         <v>1.455</v>
       </c>
       <c r="AW8">
         <v>1.442</v>
       </c>
+      <c r="AX8">
+        <v>1.46</v>
+      </c>
+      <c r="AY8">
+        <v>1.448</v>
+      </c>
+      <c r="AZ8">
+        <v>1.456</v>
+      </c>
+      <c r="BA8">
+        <v>1.448</v>
+      </c>
+      <c r="BB8">
+        <v>1.456</v>
+      </c>
+      <c r="BC8">
+        <v>1.453</v>
+      </c>
     </row>
-    <row r="9" spans="1:49">
+    <row r="9" spans="1:55">
       <c r="A9" t="s">
-        <v>56</v>
+        <v>62</v>
       </c>
       <c r="B9">
         <v>1.103</v>
       </c>
       <c r="C9">
         <v>1.1</v>
       </c>
       <c r="D9">
         <v>1.096</v>
       </c>
       <c r="E9">
         <v>1.087</v>
       </c>
       <c r="F9">
         <v>1.095</v>
       </c>
       <c r="G9">
         <v>1.092</v>
       </c>
       <c r="H9">
         <v>1.093</v>
       </c>
       <c r="I9">
         <v>1.094</v>
       </c>
@@ -1917,54 +2079,72 @@
       </c>
       <c r="AP9">
         <v>1.189</v>
       </c>
       <c r="AQ9">
         <v>1.192</v>
       </c>
       <c r="AR9">
         <v>1.21</v>
       </c>
       <c r="AS9">
         <v>1.214</v>
       </c>
       <c r="AT9">
         <v>1.209</v>
       </c>
       <c r="AU9">
         <v>1.204</v>
       </c>
       <c r="AV9">
         <v>1.202</v>
       </c>
       <c r="AW9">
         <v>1.187</v>
       </c>
+      <c r="AX9">
+        <v>1.181</v>
+      </c>
+      <c r="AY9">
+        <v>1.168</v>
+      </c>
+      <c r="AZ9">
+        <v>1.175</v>
+      </c>
+      <c r="BA9">
+        <v>1.177</v>
+      </c>
+      <c r="BB9">
+        <v>1.166</v>
+      </c>
+      <c r="BC9">
+        <v>1.165</v>
+      </c>
     </row>
-    <row r="10" spans="1:49">
+    <row r="10" spans="1:55">
       <c r="A10" t="s">
-        <v>57</v>
+        <v>63</v>
       </c>
       <c r="B10">
         <v>2.897</v>
       </c>
       <c r="C10">
         <v>2.925</v>
       </c>
       <c r="D10">
         <v>2.941</v>
       </c>
       <c r="E10">
         <v>2.962</v>
       </c>
       <c r="F10">
         <v>2.965</v>
       </c>
       <c r="G10">
         <v>3.008</v>
       </c>
       <c r="H10">
         <v>3.047</v>
       </c>
       <c r="I10">
         <v>3.06</v>
       </c>
@@ -2066,54 +2246,72 @@
       </c>
       <c r="AP10">
         <v>3.472</v>
       </c>
       <c r="AQ10">
         <v>3.494</v>
       </c>
       <c r="AR10">
         <v>3.517</v>
       </c>
       <c r="AS10">
         <v>3.594</v>
       </c>
       <c r="AT10">
         <v>3.563</v>
       </c>
       <c r="AU10">
         <v>3.573</v>
       </c>
       <c r="AV10">
         <v>3.59</v>
       </c>
       <c r="AW10">
         <v>3.574</v>
       </c>
+      <c r="AX10">
+        <v>3.586</v>
+      </c>
+      <c r="AY10">
+        <v>3.576</v>
+      </c>
+      <c r="AZ10">
+        <v>3.601</v>
+      </c>
+      <c r="BA10">
+        <v>3.589</v>
+      </c>
+      <c r="BB10">
+        <v>3.584</v>
+      </c>
+      <c r="BC10">
+        <v>3.587</v>
+      </c>
     </row>
-    <row r="11" spans="1:49">
+    <row r="11" spans="1:55">
       <c r="A11" t="s">
-        <v>58</v>
+        <v>64</v>
       </c>
       <c r="B11">
         <v>32.904</v>
       </c>
       <c r="C11">
         <v>32.948</v>
       </c>
       <c r="D11">
         <v>33.026000000000003</v>
       </c>
       <c r="E11">
         <v>33.186</v>
       </c>
       <c r="F11">
         <v>33.457</v>
       </c>
       <c r="G11">
         <v>33.605</v>
       </c>
       <c r="H11">
         <v>33.775</v>
       </c>
       <c r="I11">
         <v>33.815</v>
       </c>
@@ -2215,54 +2413,72 @@
       </c>
       <c r="AP11">
         <v>40.979</v>
       </c>
       <c r="AQ11">
         <v>40.894</v>
       </c>
       <c r="AR11">
         <v>40.969</v>
       </c>
       <c r="AS11">
         <v>41.183</v>
       </c>
       <c r="AT11">
         <v>41.281</v>
       </c>
       <c r="AU11">
         <v>41.53</v>
       </c>
       <c r="AV11">
         <v>41.688</v>
       </c>
       <c r="AW11">
         <v>41.741</v>
       </c>
+      <c r="AX11">
+        <v>42.117</v>
+      </c>
+      <c r="AY11">
+        <v>42.176</v>
+      </c>
+      <c r="AZ11">
+        <v>42.54</v>
+      </c>
+      <c r="BA11">
+        <v>42.999</v>
+      </c>
+      <c r="BB11">
+        <v>42.89</v>
+      </c>
+      <c r="BC11">
+        <v>42.995</v>
+      </c>
     </row>
-    <row r="12" spans="1:49">
+    <row r="12" spans="1:55">
       <c r="A12" t="s">
-        <v>59</v>
+        <v>65</v>
       </c>
       <c r="B12">
         <v>3.481</v>
       </c>
       <c r="C12">
         <v>3.47</v>
       </c>
       <c r="D12">
         <v>3.421</v>
       </c>
       <c r="E12">
         <v>3.41</v>
       </c>
       <c r="F12">
         <v>3.407</v>
       </c>
       <c r="G12">
         <v>3.406</v>
       </c>
       <c r="H12">
         <v>3.409</v>
       </c>
       <c r="I12">
         <v>3.409</v>
       </c>
@@ -2364,54 +2580,72 @@
       </c>
       <c r="AP12">
         <v>3.559</v>
       </c>
       <c r="AQ12">
         <v>3.559</v>
       </c>
       <c r="AR12">
         <v>3.55</v>
       </c>
       <c r="AS12">
         <v>3.562</v>
       </c>
       <c r="AT12">
         <v>3.556</v>
       </c>
       <c r="AU12">
         <v>3.556</v>
       </c>
       <c r="AV12">
         <v>3.565</v>
       </c>
       <c r="AW12">
         <v>3.552</v>
       </c>
+      <c r="AX12">
+        <v>3.563</v>
+      </c>
+      <c r="AY12">
+        <v>3.561</v>
+      </c>
+      <c r="AZ12">
+        <v>3.566</v>
+      </c>
+      <c r="BA12">
+        <v>3.574</v>
+      </c>
+      <c r="BB12">
+        <v>3.587</v>
+      </c>
+      <c r="BC12">
+        <v>3.586</v>
+      </c>
     </row>
-    <row r="13" spans="1:49">
+    <row r="13" spans="1:55">
       <c r="A13" t="s">
-        <v>60</v>
+        <v>66</v>
       </c>
       <c r="B13">
         <v>1.584</v>
       </c>
       <c r="C13">
         <v>1.587</v>
       </c>
       <c r="D13">
         <v>1.57</v>
       </c>
       <c r="E13">
         <v>1.572</v>
       </c>
       <c r="F13">
         <v>1.555</v>
       </c>
       <c r="G13">
         <v>1.555</v>
       </c>
       <c r="H13">
         <v>1.561</v>
       </c>
       <c r="I13">
         <v>1.563</v>
       </c>
@@ -2460,107 +2694,125 @@
       <c r="X13">
         <v>1.573</v>
       </c>
       <c r="Y13">
         <v>1.572</v>
       </c>
       <c r="Z13">
         <v>1.576</v>
       </c>
       <c r="AA13">
         <v>1.586</v>
       </c>
       <c r="AB13">
         <v>1.563</v>
       </c>
       <c r="AC13">
         <v>1.537</v>
       </c>
       <c r="AD13">
         <v>1.546</v>
       </c>
       <c r="AE13">
         <v>1.543</v>
       </c>
       <c r="AF13">
-        <v>4.772</v>
+        <v>1.545</v>
       </c>
       <c r="AG13">
-        <v>4.803</v>
+        <v>1.544</v>
       </c>
       <c r="AH13">
-        <v>4.816</v>
+        <v>1.575</v>
       </c>
       <c r="AI13">
-        <v>4.879</v>
+        <v>1.595</v>
       </c>
       <c r="AJ13">
-        <v>4.904</v>
+        <v>1.62</v>
       </c>
       <c r="AK13">
-        <v>4.95</v>
+        <v>1.604</v>
       </c>
       <c r="AL13">
-        <v>4.981</v>
+        <v>1.611</v>
       </c>
       <c r="AM13">
-        <v>5.035</v>
+        <v>1.634</v>
       </c>
       <c r="AN13">
-        <v>5.017</v>
+        <v>1.645</v>
       </c>
       <c r="AO13">
-        <v>4.984</v>
+        <v>1.656</v>
       </c>
       <c r="AP13">
-        <v>5.015</v>
+        <v>1.669</v>
       </c>
       <c r="AQ13">
-        <v>5.008</v>
+        <v>1.685</v>
       </c>
       <c r="AR13">
         <v>5.0030000000000001</v>
       </c>
       <c r="AS13">
         <v>5.02</v>
       </c>
       <c r="AT13">
         <v>5.023</v>
       </c>
       <c r="AU13">
         <v>5.033</v>
       </c>
       <c r="AV13">
         <v>5.031</v>
       </c>
       <c r="AW13">
         <v>5.049</v>
       </c>
+      <c r="AX13">
+        <v>1.755</v>
+      </c>
+      <c r="AY13">
+        <v>1.761</v>
+      </c>
+      <c r="AZ13">
+        <v>1.772</v>
+      </c>
+      <c r="BA13">
+        <v>1.776</v>
+      </c>
+      <c r="BB13">
+        <v>1.78</v>
+      </c>
+      <c r="BC13">
+        <v>1.779</v>
+      </c>
     </row>
-    <row r="14" spans="1:49">
+    <row r="14" spans="1:55">
       <c r="A14" t="s">
-        <v>61</v>
+        <v>67</v>
       </c>
       <c r="B14">
         <v>3.884</v>
       </c>
       <c r="C14">
         <v>3.892</v>
       </c>
       <c r="D14">
         <v>3.886</v>
       </c>
       <c r="E14">
         <v>3.915</v>
       </c>
       <c r="F14">
         <v>3.918</v>
       </c>
       <c r="G14">
         <v>3.926</v>
       </c>
       <c r="H14">
         <v>3.945</v>
       </c>
       <c r="I14">
         <v>3.96</v>
       </c>
@@ -2609,107 +2861,125 @@
       <c r="X14">
         <v>4.657</v>
       </c>
       <c r="Y14">
         <v>4.677</v>
       </c>
       <c r="Z14">
         <v>4.692</v>
       </c>
       <c r="AA14">
         <v>4.72</v>
       </c>
       <c r="AB14">
         <v>4.741</v>
       </c>
       <c r="AC14">
         <v>4.764</v>
       </c>
       <c r="AD14">
         <v>4.772</v>
       </c>
       <c r="AE14">
         <v>4.722</v>
       </c>
       <c r="AF14">
-        <v>1.647</v>
+        <v>4.772</v>
       </c>
       <c r="AG14">
-        <v>1.667</v>
+        <v>4.803</v>
       </c>
       <c r="AH14">
-        <v>1.667</v>
+        <v>4.816</v>
       </c>
       <c r="AI14">
-        <v>1.69</v>
+        <v>4.879</v>
       </c>
       <c r="AJ14">
-        <v>1.714</v>
+        <v>4.904</v>
       </c>
       <c r="AK14">
-        <v>1.721</v>
+        <v>4.95</v>
       </c>
       <c r="AL14">
-        <v>1.733</v>
+        <v>4.981</v>
       </c>
       <c r="AM14">
-        <v>1.755</v>
+        <v>5.035</v>
       </c>
       <c r="AN14">
-        <v>1.774</v>
+        <v>5.017</v>
       </c>
       <c r="AO14">
-        <v>1.782</v>
+        <v>4.984</v>
       </c>
       <c r="AP14">
-        <v>1.803</v>
+        <v>5.015</v>
       </c>
       <c r="AQ14">
-        <v>1.815</v>
+        <v>5.008</v>
       </c>
       <c r="AR14">
         <v>1.827</v>
       </c>
       <c r="AS14">
         <v>1.865</v>
       </c>
       <c r="AT14">
         <v>1.866</v>
       </c>
       <c r="AU14">
         <v>1.88</v>
       </c>
       <c r="AV14">
         <v>1.887</v>
       </c>
       <c r="AW14">
         <v>1.897</v>
       </c>
+      <c r="AX14">
+        <v>5.084</v>
+      </c>
+      <c r="AY14">
+        <v>5.091</v>
+      </c>
+      <c r="AZ14">
+        <v>5.118</v>
+      </c>
+      <c r="BA14">
+        <v>5.132</v>
+      </c>
+      <c r="BB14">
+        <v>5.166</v>
+      </c>
+      <c r="BC14">
+        <v>5.181</v>
+      </c>
     </row>
-    <row r="15" spans="1:49">
+    <row r="15" spans="1:55">
       <c r="A15" t="s">
-        <v>62</v>
+        <v>68</v>
       </c>
       <c r="B15">
         <v>1.646</v>
       </c>
       <c r="C15">
         <v>1.654</v>
       </c>
       <c r="D15">
         <v>1.659</v>
       </c>
       <c r="E15">
         <v>1.668</v>
       </c>
       <c r="F15">
         <v>1.682</v>
       </c>
       <c r="G15">
         <v>1.709</v>
       </c>
       <c r="H15">
         <v>1.711</v>
       </c>
       <c r="I15">
         <v>1.714</v>
       </c>
@@ -2758,107 +3028,125 @@
       <c r="X15">
         <v>1.831</v>
       </c>
       <c r="Y15">
         <v>1.841</v>
       </c>
       <c r="Z15">
         <v>1.85</v>
       </c>
       <c r="AA15">
         <v>1.841</v>
       </c>
       <c r="AB15">
         <v>1.814</v>
       </c>
       <c r="AC15">
         <v>1.796</v>
       </c>
       <c r="AD15">
         <v>1.76</v>
       </c>
       <c r="AE15">
         <v>1.656</v>
       </c>
       <c r="AF15">
-        <v>1.545</v>
+        <v>1.647</v>
       </c>
       <c r="AG15">
-        <v>1.544</v>
+        <v>1.667</v>
       </c>
       <c r="AH15">
-        <v>1.575</v>
+        <v>1.667</v>
       </c>
       <c r="AI15">
-        <v>1.595</v>
+        <v>1.69</v>
       </c>
       <c r="AJ15">
-        <v>1.62</v>
+        <v>1.714</v>
       </c>
       <c r="AK15">
-        <v>1.604</v>
+        <v>1.721</v>
       </c>
       <c r="AL15">
-        <v>1.611</v>
+        <v>1.733</v>
       </c>
       <c r="AM15">
-        <v>1.634</v>
+        <v>1.755</v>
       </c>
       <c r="AN15">
-        <v>1.645</v>
+        <v>1.774</v>
       </c>
       <c r="AO15">
-        <v>1.656</v>
+        <v>1.782</v>
       </c>
       <c r="AP15">
-        <v>1.669</v>
+        <v>1.803</v>
       </c>
       <c r="AQ15">
-        <v>1.685</v>
+        <v>1.815</v>
       </c>
       <c r="AR15">
         <v>1.689</v>
       </c>
       <c r="AS15">
         <v>1.705</v>
       </c>
       <c r="AT15">
         <v>1.721</v>
       </c>
       <c r="AU15">
         <v>1.733</v>
       </c>
       <c r="AV15">
         <v>1.73</v>
       </c>
       <c r="AW15">
         <v>1.739</v>
       </c>
+      <c r="AX15">
+        <v>1.918</v>
+      </c>
+      <c r="AY15">
+        <v>1.932</v>
+      </c>
+      <c r="AZ15">
+        <v>1.977</v>
+      </c>
+      <c r="BA15">
+        <v>1.983</v>
+      </c>
+      <c r="BB15">
+        <v>1.988</v>
+      </c>
+      <c r="BC15">
+        <v>2.00099999999999989</v>
+      </c>
     </row>
-    <row r="16" spans="1:49">
+    <row r="16" spans="1:55">
       <c r="A16" t="s">
-        <v>63</v>
+        <v>69</v>
       </c>
       <c r="B16">
         <v>5.065</v>
       </c>
       <c r="C16">
         <v>5.041</v>
       </c>
       <c r="D16">
         <v>5.026</v>
       </c>
       <c r="E16">
         <v>5.044</v>
       </c>
       <c r="F16">
         <v>5.058</v>
       </c>
       <c r="G16">
         <v>5.07</v>
       </c>
       <c r="H16">
         <v>5.068</v>
       </c>
       <c r="I16">
         <v>5.068</v>
       </c>
@@ -2960,54 +3248,72 @@
       </c>
       <c r="AP16">
         <v>5.288</v>
       </c>
       <c r="AQ16">
         <v>5.302</v>
       </c>
       <c r="AR16">
         <v>5.304</v>
       </c>
       <c r="AS16">
         <v>5.337</v>
       </c>
       <c r="AT16">
         <v>5.38</v>
       </c>
       <c r="AU16">
         <v>5.399</v>
       </c>
       <c r="AV16">
         <v>5.418</v>
       </c>
       <c r="AW16">
         <v>5.431</v>
       </c>
+      <c r="AX16">
+        <v>5.473</v>
+      </c>
+      <c r="AY16">
+        <v>5.493</v>
+      </c>
+      <c r="AZ16">
+        <v>5.537</v>
+      </c>
+      <c r="BA16">
+        <v>5.554</v>
+      </c>
+      <c r="BB16">
+        <v>5.597</v>
+      </c>
+      <c r="BC16">
+        <v>5.638</v>
+      </c>
     </row>
-    <row r="17" spans="1:49">
+    <row r="17" spans="1:55">
       <c r="A17" t="s">
-        <v>64</v>
+        <v>70</v>
       </c>
       <c r="B17">
         <v>2.933</v>
       </c>
       <c r="C17">
         <v>2.932</v>
       </c>
       <c r="D17">
         <v>2.932</v>
       </c>
       <c r="E17">
         <v>2.941</v>
       </c>
       <c r="F17">
         <v>2.952</v>
       </c>
       <c r="G17">
         <v>2.959</v>
       </c>
       <c r="H17">
         <v>2.963</v>
       </c>
       <c r="I17">
         <v>2.967</v>
       </c>
@@ -3109,54 +3415,72 @@
       </c>
       <c r="AP17">
         <v>3.331</v>
       </c>
       <c r="AQ17">
         <v>3.341</v>
       </c>
       <c r="AR17">
         <v>3.342</v>
       </c>
       <c r="AS17">
         <v>3.366</v>
       </c>
       <c r="AT17">
         <v>3.367</v>
       </c>
       <c r="AU17">
         <v>3.364</v>
       </c>
       <c r="AV17">
         <v>3.364</v>
       </c>
       <c r="AW17">
         <v>3.352</v>
       </c>
+      <c r="AX17">
+        <v>3.375</v>
+      </c>
+      <c r="AY17">
+        <v>3.369</v>
+      </c>
+      <c r="AZ17">
+        <v>3.396</v>
+      </c>
+      <c r="BA17">
+        <v>3.387</v>
+      </c>
+      <c r="BB17">
+        <v>3.397</v>
+      </c>
+      <c r="BC17">
+        <v>3.392</v>
+      </c>
     </row>
-    <row r="18" spans="1:49">
+    <row r="18" spans="1:55">
       <c r="A18" t="s">
-        <v>65</v>
+        <v>71</v>
       </c>
       <c r="B18">
         <v>2.092</v>
       </c>
       <c r="C18">
         <v>2.084</v>
       </c>
       <c r="D18">
         <v>2.082</v>
       </c>
       <c r="E18">
         <v>2.077</v>
       </c>
       <c r="F18">
         <v>2.078</v>
       </c>
       <c r="G18">
         <v>2.074</v>
       </c>
       <c r="H18">
         <v>2.074</v>
       </c>
       <c r="I18">
         <v>2.072</v>
       </c>
@@ -3258,54 +3582,72 @@
       </c>
       <c r="AP18">
         <v>1.987</v>
       </c>
       <c r="AQ18">
         <v>1.987</v>
       </c>
       <c r="AR18">
         <v>1.987</v>
       </c>
       <c r="AS18">
         <v>2.0019999999999998</v>
       </c>
       <c r="AT18">
         <v>2.0019999999999998</v>
       </c>
       <c r="AU18">
         <v>2.0089999999999999</v>
       </c>
       <c r="AV18">
         <v>2.024</v>
       </c>
       <c r="AW18">
         <v>2.027</v>
       </c>
+      <c r="AX18">
+        <v>2.038</v>
+      </c>
+      <c r="AY18">
+        <v>2.049</v>
+      </c>
+      <c r="AZ18">
+        <v>2.069</v>
+      </c>
+      <c r="BA18">
+        <v>2.069</v>
+      </c>
+      <c r="BB18">
+        <v>2.051</v>
+      </c>
+      <c r="BC18">
+        <v>2.062</v>
+      </c>
     </row>
-    <row r="19" spans="1:49">
+    <row r="19" spans="1:55">
       <c r="A19" t="s">
-        <v>66</v>
+        <v>72</v>
       </c>
       <c r="B19">
         <v>3.341</v>
       </c>
       <c r="C19">
         <v>3.333</v>
       </c>
       <c r="D19">
         <v>3.318</v>
       </c>
       <c r="E19">
         <v>3.279</v>
       </c>
       <c r="F19">
         <v>3.263</v>
       </c>
       <c r="G19">
         <v>3.267</v>
       </c>
       <c r="H19">
         <v>3.266</v>
       </c>
       <c r="I19">
         <v>3.273</v>
       </c>
@@ -3407,54 +3749,72 @@
       </c>
       <c r="AP19">
         <v>3.377</v>
       </c>
       <c r="AQ19">
         <v>3.407</v>
       </c>
       <c r="AR19">
         <v>3.42</v>
       </c>
       <c r="AS19">
         <v>3.434</v>
       </c>
       <c r="AT19">
         <v>3.422</v>
       </c>
       <c r="AU19">
         <v>3.444</v>
       </c>
       <c r="AV19">
         <v>3.429</v>
       </c>
       <c r="AW19">
         <v>3.445</v>
       </c>
+      <c r="AX19">
+        <v>3.46</v>
+      </c>
+      <c r="AY19">
+        <v>3.457</v>
+      </c>
+      <c r="AZ19">
+        <v>3.461</v>
+      </c>
+      <c r="BA19">
+        <v>3.437</v>
+      </c>
+      <c r="BB19">
+        <v>3.426</v>
+      </c>
+      <c r="BC19">
+        <v>3.433</v>
+      </c>
     </row>
-    <row r="20" spans="1:49">
+    <row r="20" spans="1:55">
       <c r="A20" t="s">
-        <v>67</v>
+        <v>73</v>
       </c>
       <c r="B20">
         <v>1.373</v>
       </c>
       <c r="C20">
         <v>1.37</v>
       </c>
       <c r="D20">
         <v>1.364</v>
       </c>
       <c r="E20">
         <v>1.37</v>
       </c>
       <c r="F20">
         <v>1.37</v>
       </c>
       <c r="G20">
         <v>1.363</v>
       </c>
       <c r="H20">
         <v>1.359</v>
       </c>
       <c r="I20">
         <v>1.36</v>
       </c>
@@ -3556,54 +3916,72 @@
       </c>
       <c r="AP20">
         <v>1.409</v>
       </c>
       <c r="AQ20">
         <v>1.415</v>
       </c>
       <c r="AR20">
         <v>1.427</v>
       </c>
       <c r="AS20">
         <v>1.437</v>
       </c>
       <c r="AT20">
         <v>1.445</v>
       </c>
       <c r="AU20">
         <v>1.449</v>
       </c>
       <c r="AV20">
         <v>1.446</v>
       </c>
       <c r="AW20">
         <v>1.445</v>
       </c>
+      <c r="AX20">
+        <v>1.442</v>
+      </c>
+      <c r="AY20">
+        <v>1.469</v>
+      </c>
+      <c r="AZ20">
+        <v>1.463</v>
+      </c>
+      <c r="BA20">
+        <v>1.462</v>
+      </c>
+      <c r="BB20">
+        <v>1.471</v>
+      </c>
+      <c r="BC20">
+        <v>1.477</v>
+      </c>
     </row>
-    <row r="21" spans="1:49">
+    <row r="21" spans="1:55">
       <c r="A21" t="s">
-        <v>68</v>
+        <v>74</v>
       </c>
       <c r="B21">
         <v>0</v>
       </c>
       <c r="C21">
         <v>1</v>
       </c>
       <c r="D21">
         <v>0</v>
       </c>
       <c r="E21">
         <v>0</v>
       </c>
       <c r="F21">
         <v>1</v>
       </c>
       <c r="G21">
         <v>0</v>
       </c>
       <c r="H21">
         <v>2</v>
       </c>
       <c r="I21">
         <v>0</v>
       </c>
@@ -3705,54 +4083,72 @@
       </c>
       <c r="AP21">
         <v>0</v>
       </c>
       <c r="AQ21">
         <v>23</v>
       </c>
       <c r="AR21">
         <v>0</v>
       </c>
       <c r="AS21">
         <v>0</v>
       </c>
       <c r="AT21">
         <v>21</v>
       </c>
       <c r="AU21">
         <v>0</v>
       </c>
       <c r="AV21">
         <v>24</v>
       </c>
       <c r="AW21">
         <v>0</v>
       </c>
+      <c r="AX21">
+        <v>31</v>
+      </c>
+      <c r="AY21">
+        <v>14</v>
+      </c>
+      <c r="AZ21">
+        <v>18</v>
+      </c>
+      <c r="BA21">
+        <v>25</v>
+      </c>
+      <c r="BB21">
+        <v>13</v>
+      </c>
+      <c r="BC21">
+        <v>31</v>
+      </c>
     </row>
-    <row r="22" spans="1:49">
+    <row r="22" spans="1:55">
       <c r="A22" t="s">
-        <v>69</v>
+        <v>75</v>
       </c>
       <c r="B22">
         <v>86.70099999999999</v>
       </c>
       <c r="C22">
         <v>86.699</v>
       </c>
       <c r="D22">
         <v>86.655</v>
       </c>
       <c r="E22">
         <v>86.914</v>
       </c>
       <c r="F22">
         <v>87.2</v>
       </c>
       <c r="G22">
         <v>87.47</v>
       </c>
       <c r="H22">
         <v>87.773</v>
       </c>
       <c r="I22">
         <v>87.864</v>
       </c>
@@ -3853,50 +4249,68 @@
         <v>101.069999999999993</v>
       </c>
       <c r="AP22">
         <v>101.206</v>
       </c>
       <c r="AQ22">
         <v>101.345</v>
       </c>
       <c r="AR22">
         <v>101.688</v>
       </c>
       <c r="AS22">
         <v>102.467</v>
       </c>
       <c r="AT22">
         <v>102.666</v>
       </c>
       <c r="AU22">
         <v>103.13800000000001</v>
       </c>
       <c r="AV22">
         <v>103.48399999999999</v>
       </c>
       <c r="AW22">
         <v>103.619</v>
+      </c>
+      <c r="AX22">
+        <v>104.483</v>
+      </c>
+      <c r="AY22">
+        <v>104.58499999999999</v>
+      </c>
+      <c r="AZ22">
+        <v>105.274</v>
+      </c>
+      <c r="BA22">
+        <v>105.84099999999999</v>
+      </c>
+      <c r="BB22">
+        <v>105.88500000000001</v>
+      </c>
+      <c r="BC22">
+        <v>106.185</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>