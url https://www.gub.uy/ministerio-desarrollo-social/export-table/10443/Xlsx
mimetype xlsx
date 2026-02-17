--- v0 (2025-12-27)
+++ v1 (2026-02-17)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="163">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="168">
   <si>
     <t>Tipo de beneficio</t>
   </si>
   <si>
     <t>ene-2013</t>
   </si>
   <si>
     <t>feb-2013</t>
   </si>
   <si>
     <t>mar-2013</t>
   </si>
   <si>
     <t>abr-2013</t>
   </si>
   <si>
     <t>may-2013</t>
   </si>
   <si>
     <t>jun-2013</t>
   </si>
   <si>
     <t>jul-2013</t>
   </si>
   <si>
@@ -467,63 +467,78 @@
   <si>
     <t>nov-24</t>
   </si>
   <si>
     <t>dic-24</t>
   </si>
   <si>
     <t>ene-25</t>
   </si>
   <si>
     <t>feb-25</t>
   </si>
   <si>
     <t>mar-25</t>
   </si>
   <si>
     <t>abr-25</t>
   </si>
   <si>
     <t>may-25</t>
   </si>
   <si>
     <t>jun-25</t>
   </si>
   <si>
+    <t>jul-25</t>
+  </si>
+  <si>
+    <t>ago-25</t>
+  </si>
+  <si>
+    <t>sep-25</t>
+  </si>
+  <si>
+    <t>oct-25</t>
+  </si>
+  <si>
+    <t>nov-25</t>
+  </si>
+  <si>
+    <t>dic-25</t>
+  </si>
+  <si>
     <t>Vulnerabilidad Socioeconómica</t>
   </si>
   <si>
     <t>Centros Atención Calle</t>
   </si>
   <si>
     <t>Personas trans</t>
   </si>
   <si>
     <t>Violencia y Trata</t>
-  </si>
-[...1 lines deleted...]
-    <t>-</t>
   </si>
   <si>
     <t>Bienvenido Bebé</t>
   </si>
   <si>
     <t>PAEC</t>
   </si>
   <si>
     <t>Bono Crianza</t>
   </si>
   <si>
     <t>PIA</t>
   </si>
   <si>
     <t>Inundados</t>
   </si>
   <si>
     <t>Sistema Nacional de Comedores</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
@@ -848,59 +863,59 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:EU12"/>
+  <dimension ref="A1:FA12"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
-    <row r="1" spans="1:151">
+    <row r="1" spans="1:157">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
@@ -1310,54 +1325,72 @@
       </c>
       <c r="EN1" t="s">
         <v>143</v>
       </c>
       <c r="EO1" t="s">
         <v>144</v>
       </c>
       <c r="EP1" t="s">
         <v>145</v>
       </c>
       <c r="EQ1" t="s">
         <v>146</v>
       </c>
       <c r="ER1" t="s">
         <v>147</v>
       </c>
       <c r="ES1" t="s">
         <v>148</v>
       </c>
       <c r="ET1" t="s">
         <v>149</v>
       </c>
       <c r="EU1" t="s">
         <v>150</v>
       </c>
+      <c r="EV1" t="s">
+        <v>151</v>
+      </c>
+      <c r="EW1" t="s">
+        <v>152</v>
+      </c>
+      <c r="EX1" t="s">
+        <v>153</v>
+      </c>
+      <c r="EY1" t="s">
+        <v>154</v>
+      </c>
+      <c r="EZ1" t="s">
+        <v>155</v>
+      </c>
+      <c r="FA1" t="s">
+        <v>156</v>
+      </c>
     </row>
-    <row r="2" spans="1:151">
+    <row r="2" spans="1:157">
       <c r="A2" t="s">
-        <v>151</v>
+        <v>157</v>
       </c>
       <c r="B2">
         <v>76.51900000000001</v>
       </c>
       <c r="C2">
         <v>78.128</v>
       </c>
       <c r="D2">
         <v>64.801</v>
       </c>
       <c r="E2">
         <v>64.348</v>
       </c>
       <c r="F2">
         <v>64.771</v>
       </c>
       <c r="G2">
         <v>65.129</v>
       </c>
       <c r="H2">
         <v>62.695</v>
       </c>
       <c r="I2">
         <v>64.367</v>
       </c>
@@ -1765,54 +1798,72 @@
       </c>
       <c r="EN2">
         <v>85.89100000000001</v>
       </c>
       <c r="EO2">
         <v>86.15300000000001</v>
       </c>
       <c r="EP2">
         <v>86.54000000000001</v>
       </c>
       <c r="EQ2">
         <v>87.136</v>
       </c>
       <c r="ER2">
         <v>87.369</v>
       </c>
       <c r="ES2">
         <v>87.73699999999999</v>
       </c>
       <c r="ET2">
         <v>87.994</v>
       </c>
       <c r="EU2">
         <v>88.35299999999999</v>
       </c>
+      <c r="EV2">
+        <v>88.947</v>
+      </c>
+      <c r="EW2">
+        <v>89.058999999999997</v>
+      </c>
+      <c r="EX2">
+        <v>89.399</v>
+      </c>
+      <c r="EY2">
+        <v>89.541</v>
+      </c>
+      <c r="EZ2">
+        <v>89.83199999999999</v>
+      </c>
+      <c r="FA2">
+        <v>90.096000000000004</v>
+      </c>
     </row>
-    <row r="3" spans="1:151">
+    <row r="3" spans="1:157">
       <c r="A3" t="s">
-        <v>152</v>
+        <v>158</v>
       </c>
       <c r="B3">
         <v>0</v>
       </c>
       <c r="C3">
         <v>0</v>
       </c>
       <c r="D3">
         <v>0</v>
       </c>
       <c r="E3">
         <v>0</v>
       </c>
       <c r="F3">
         <v>0</v>
       </c>
       <c r="G3">
         <v>0</v>
       </c>
       <c r="H3">
         <v>0</v>
       </c>
       <c r="I3">
         <v>65</v>
       </c>
@@ -2220,54 +2271,72 @@
       </c>
       <c r="EN3">
         <v>6.389</v>
       </c>
       <c r="EO3">
         <v>6.477</v>
       </c>
       <c r="EP3">
         <v>6.512</v>
       </c>
       <c r="EQ3">
         <v>6.683</v>
       </c>
       <c r="ER3">
         <v>6.669</v>
       </c>
       <c r="ES3">
         <v>6.728</v>
       </c>
       <c r="ET3">
         <v>6.87</v>
       </c>
       <c r="EU3">
         <v>6.696</v>
       </c>
+      <c r="EV3">
+        <v>6.886</v>
+      </c>
+      <c r="EW3">
+        <v>6.95</v>
+      </c>
+      <c r="EX3">
+        <v>7.277</v>
+      </c>
+      <c r="EY3">
+        <v>7.37</v>
+      </c>
+      <c r="EZ3">
+        <v>6.951</v>
+      </c>
+      <c r="FA3">
+        <v>7.074</v>
+      </c>
     </row>
-    <row r="4" spans="1:151">
+    <row r="4" spans="1:157">
       <c r="A4" t="s">
-        <v>153</v>
+        <v>159</v>
       </c>
       <c r="B4">
         <v>171</v>
       </c>
       <c r="C4">
         <v>252</v>
       </c>
       <c r="D4">
         <v>312</v>
       </c>
       <c r="E4">
         <v>354</v>
       </c>
       <c r="F4">
         <v>387</v>
       </c>
       <c r="G4">
         <v>392</v>
       </c>
       <c r="H4">
         <v>401</v>
       </c>
       <c r="I4">
         <v>482</v>
       </c>
@@ -2675,369 +2744,387 @@
       </c>
       <c r="EN4">
         <v>2.501</v>
       </c>
       <c r="EO4">
         <v>2.512</v>
       </c>
       <c r="EP4">
         <v>2.533</v>
       </c>
       <c r="EQ4">
         <v>2.543</v>
       </c>
       <c r="ER4">
         <v>2.563</v>
       </c>
       <c r="ES4">
         <v>2.588</v>
       </c>
       <c r="ET4">
         <v>2.615</v>
       </c>
       <c r="EU4">
         <v>2.632</v>
       </c>
+      <c r="EV4">
+        <v>2.651</v>
+      </c>
+      <c r="EW4">
+        <v>2.683</v>
+      </c>
+      <c r="EX4">
+        <v>2.727</v>
+      </c>
+      <c r="EY4">
+        <v>2.758</v>
+      </c>
+      <c r="EZ4">
+        <v>2.77</v>
+      </c>
+      <c r="FA4">
+        <v>2.785</v>
+      </c>
     </row>
-    <row r="5" spans="1:151">
+    <row r="5" spans="1:157">
       <c r="A5" t="s">
-        <v>154</v>
-[...314 lines deleted...]
-        <v>155</v>
+        <v>160</v>
+      </c>
+      <c r="B5">
+        <v>0</v>
+      </c>
+      <c r="C5">
+        <v>0</v>
+      </c>
+      <c r="D5">
+        <v>0</v>
+      </c>
+      <c r="E5">
+        <v>0</v>
+      </c>
+      <c r="F5">
+        <v>0</v>
+      </c>
+      <c r="G5">
+        <v>0</v>
+      </c>
+      <c r="H5">
+        <v>0</v>
+      </c>
+      <c r="I5">
+        <v>0</v>
+      </c>
+      <c r="J5">
+        <v>0</v>
+      </c>
+      <c r="K5">
+        <v>0</v>
+      </c>
+      <c r="L5">
+        <v>0</v>
+      </c>
+      <c r="M5">
+        <v>0</v>
+      </c>
+      <c r="N5">
+        <v>0</v>
+      </c>
+      <c r="O5">
+        <v>0</v>
+      </c>
+      <c r="P5">
+        <v>0</v>
+      </c>
+      <c r="Q5">
+        <v>0</v>
+      </c>
+      <c r="R5">
+        <v>0</v>
+      </c>
+      <c r="S5">
+        <v>0</v>
+      </c>
+      <c r="T5">
+        <v>0</v>
+      </c>
+      <c r="U5">
+        <v>0</v>
+      </c>
+      <c r="V5">
+        <v>0</v>
+      </c>
+      <c r="W5">
+        <v>0</v>
+      </c>
+      <c r="X5">
+        <v>0</v>
+      </c>
+      <c r="Y5">
+        <v>0</v>
+      </c>
+      <c r="Z5">
+        <v>0</v>
+      </c>
+      <c r="AA5">
+        <v>0</v>
+      </c>
+      <c r="AB5">
+        <v>0</v>
+      </c>
+      <c r="AC5">
+        <v>0</v>
+      </c>
+      <c r="AD5">
+        <v>0</v>
+      </c>
+      <c r="AE5">
+        <v>0</v>
+      </c>
+      <c r="AF5">
+        <v>0</v>
+      </c>
+      <c r="AG5">
+        <v>0</v>
+      </c>
+      <c r="AH5">
+        <v>0</v>
+      </c>
+      <c r="AI5">
+        <v>0</v>
+      </c>
+      <c r="AJ5">
+        <v>0</v>
+      </c>
+      <c r="AK5">
+        <v>0</v>
+      </c>
+      <c r="AL5">
+        <v>0</v>
+      </c>
+      <c r="AM5">
+        <v>0</v>
+      </c>
+      <c r="AN5">
+        <v>0</v>
+      </c>
+      <c r="AO5">
+        <v>0</v>
+      </c>
+      <c r="AP5">
+        <v>0</v>
+      </c>
+      <c r="AQ5">
+        <v>0</v>
+      </c>
+      <c r="AR5">
+        <v>0</v>
+      </c>
+      <c r="AS5">
+        <v>0</v>
+      </c>
+      <c r="AT5">
+        <v>0</v>
+      </c>
+      <c r="AU5">
+        <v>0</v>
+      </c>
+      <c r="AV5">
+        <v>0</v>
+      </c>
+      <c r="AW5">
+        <v>0</v>
+      </c>
+      <c r="AX5">
+        <v>0</v>
+      </c>
+      <c r="AY5">
+        <v>0</v>
+      </c>
+      <c r="AZ5">
+        <v>0</v>
+      </c>
+      <c r="BA5">
+        <v>0</v>
+      </c>
+      <c r="BB5">
+        <v>0</v>
+      </c>
+      <c r="BC5">
+        <v>0</v>
+      </c>
+      <c r="BD5">
+        <v>0</v>
+      </c>
+      <c r="BE5">
+        <v>0</v>
+      </c>
+      <c r="BF5">
+        <v>0</v>
+      </c>
+      <c r="BG5">
+        <v>0</v>
+      </c>
+      <c r="BH5">
+        <v>0</v>
+      </c>
+      <c r="BI5">
+        <v>0</v>
+      </c>
+      <c r="BJ5">
+        <v>0</v>
+      </c>
+      <c r="BK5">
+        <v>0</v>
+      </c>
+      <c r="BL5">
+        <v>0</v>
+      </c>
+      <c r="BM5">
+        <v>0</v>
+      </c>
+      <c r="BN5">
+        <v>0</v>
+      </c>
+      <c r="BO5">
+        <v>0</v>
+      </c>
+      <c r="BP5">
+        <v>0</v>
+      </c>
+      <c r="BQ5">
+        <v>0</v>
+      </c>
+      <c r="BR5">
+        <v>0</v>
+      </c>
+      <c r="BS5">
+        <v>0</v>
+      </c>
+      <c r="BT5">
+        <v>0</v>
+      </c>
+      <c r="BU5">
+        <v>0</v>
+      </c>
+      <c r="BV5">
+        <v>0</v>
+      </c>
+      <c r="BW5">
+        <v>0</v>
+      </c>
+      <c r="BX5">
+        <v>0</v>
+      </c>
+      <c r="BY5">
+        <v>0</v>
+      </c>
+      <c r="BZ5">
+        <v>0</v>
+      </c>
+      <c r="CA5">
+        <v>0</v>
+      </c>
+      <c r="CB5">
+        <v>0</v>
+      </c>
+      <c r="CC5">
+        <v>0</v>
+      </c>
+      <c r="CD5">
+        <v>0</v>
+      </c>
+      <c r="CE5">
+        <v>0</v>
+      </c>
+      <c r="CF5">
+        <v>0</v>
+      </c>
+      <c r="CG5">
+        <v>0</v>
+      </c>
+      <c r="CH5">
+        <v>0</v>
+      </c>
+      <c r="CI5">
+        <v>0</v>
+      </c>
+      <c r="CJ5">
+        <v>0</v>
+      </c>
+      <c r="CK5">
+        <v>0</v>
+      </c>
+      <c r="CL5">
+        <v>0</v>
+      </c>
+      <c r="CM5">
+        <v>0</v>
+      </c>
+      <c r="CN5">
+        <v>0</v>
+      </c>
+      <c r="CO5">
+        <v>0</v>
+      </c>
+      <c r="CP5">
+        <v>0</v>
+      </c>
+      <c r="CQ5">
+        <v>0</v>
+      </c>
+      <c r="CR5">
+        <v>0</v>
+      </c>
+      <c r="CS5">
+        <v>0</v>
+      </c>
+      <c r="CT5">
+        <v>0</v>
+      </c>
+      <c r="CU5">
+        <v>0</v>
+      </c>
+      <c r="CV5">
+        <v>0</v>
+      </c>
+      <c r="CW5">
+        <v>0</v>
+      </c>
+      <c r="CX5">
+        <v>0</v>
+      </c>
+      <c r="CY5">
+        <v>0</v>
+      </c>
+      <c r="CZ5">
+        <v>0</v>
+      </c>
+      <c r="DA5">
+        <v>0</v>
+      </c>
+      <c r="DB5">
+        <v>0</v>
       </c>
       <c r="DC5">
         <v>178</v>
       </c>
       <c r="DD5">
         <v>181</v>
       </c>
       <c r="DE5">
         <v>184</v>
       </c>
       <c r="DF5">
         <v>135</v>
       </c>
       <c r="DG5">
         <v>122</v>
       </c>
       <c r="DH5">
         <v>126</v>
       </c>
       <c r="DI5">
         <v>131</v>
       </c>
       <c r="DJ5">
         <v>124</v>
       </c>
@@ -3130,390 +3217,408 @@
       </c>
       <c r="EN5">
         <v>97</v>
       </c>
       <c r="EO5">
         <v>95</v>
       </c>
       <c r="EP5">
         <v>93</v>
       </c>
       <c r="EQ5">
         <v>88</v>
       </c>
       <c r="ER5">
         <v>88</v>
       </c>
       <c r="ES5">
         <v>88</v>
       </c>
       <c r="ET5">
         <v>88</v>
       </c>
       <c r="EU5">
         <v>86</v>
       </c>
+      <c r="EV5">
+        <v>79</v>
+      </c>
+      <c r="EW5">
+        <v>76</v>
+      </c>
+      <c r="EX5">
+        <v>76</v>
+      </c>
+      <c r="EY5">
+        <v>79</v>
+      </c>
+      <c r="EZ5">
+        <v>72</v>
+      </c>
+      <c r="FA5">
+        <v>73</v>
+      </c>
     </row>
-    <row r="6" spans="1:151">
+    <row r="6" spans="1:157">
       <c r="A6" t="s">
-        <v>156</v>
-[...335 lines deleted...]
-        <v>155</v>
+        <v>161</v>
+      </c>
+      <c r="B6">
+        <v>0</v>
+      </c>
+      <c r="C6">
+        <v>0</v>
+      </c>
+      <c r="D6">
+        <v>0</v>
+      </c>
+      <c r="E6">
+        <v>0</v>
+      </c>
+      <c r="F6">
+        <v>0</v>
+      </c>
+      <c r="G6">
+        <v>0</v>
+      </c>
+      <c r="H6">
+        <v>0</v>
+      </c>
+      <c r="I6">
+        <v>0</v>
+      </c>
+      <c r="J6">
+        <v>0</v>
+      </c>
+      <c r="K6">
+        <v>0</v>
+      </c>
+      <c r="L6">
+        <v>0</v>
+      </c>
+      <c r="M6">
+        <v>0</v>
+      </c>
+      <c r="N6">
+        <v>0</v>
+      </c>
+      <c r="O6">
+        <v>0</v>
+      </c>
+      <c r="P6">
+        <v>0</v>
+      </c>
+      <c r="Q6">
+        <v>0</v>
+      </c>
+      <c r="R6">
+        <v>0</v>
+      </c>
+      <c r="S6">
+        <v>0</v>
+      </c>
+      <c r="T6">
+        <v>0</v>
+      </c>
+      <c r="U6">
+        <v>0</v>
+      </c>
+      <c r="V6">
+        <v>0</v>
+      </c>
+      <c r="W6">
+        <v>0</v>
+      </c>
+      <c r="X6">
+        <v>0</v>
+      </c>
+      <c r="Y6">
+        <v>0</v>
+      </c>
+      <c r="Z6">
+        <v>0</v>
+      </c>
+      <c r="AA6">
+        <v>0</v>
+      </c>
+      <c r="AB6">
+        <v>0</v>
+      </c>
+      <c r="AC6">
+        <v>0</v>
+      </c>
+      <c r="AD6">
+        <v>0</v>
+      </c>
+      <c r="AE6">
+        <v>0</v>
+      </c>
+      <c r="AF6">
+        <v>0</v>
+      </c>
+      <c r="AG6">
+        <v>0</v>
+      </c>
+      <c r="AH6">
+        <v>0</v>
+      </c>
+      <c r="AI6">
+        <v>0</v>
+      </c>
+      <c r="AJ6">
+        <v>0</v>
+      </c>
+      <c r="AK6">
+        <v>0</v>
+      </c>
+      <c r="AL6">
+        <v>0</v>
+      </c>
+      <c r="AM6">
+        <v>0</v>
+      </c>
+      <c r="AN6">
+        <v>0</v>
+      </c>
+      <c r="AO6">
+        <v>0</v>
+      </c>
+      <c r="AP6">
+        <v>0</v>
+      </c>
+      <c r="AQ6">
+        <v>0</v>
+      </c>
+      <c r="AR6">
+        <v>0</v>
+      </c>
+      <c r="AS6">
+        <v>0</v>
+      </c>
+      <c r="AT6">
+        <v>0</v>
+      </c>
+      <c r="AU6">
+        <v>0</v>
+      </c>
+      <c r="AV6">
+        <v>0</v>
+      </c>
+      <c r="AW6">
+        <v>0</v>
+      </c>
+      <c r="AX6">
+        <v>0</v>
+      </c>
+      <c r="AY6">
+        <v>0</v>
+      </c>
+      <c r="AZ6">
+        <v>0</v>
+      </c>
+      <c r="BA6">
+        <v>0</v>
+      </c>
+      <c r="BB6">
+        <v>0</v>
+      </c>
+      <c r="BC6">
+        <v>0</v>
+      </c>
+      <c r="BD6">
+        <v>0</v>
+      </c>
+      <c r="BE6">
+        <v>0</v>
+      </c>
+      <c r="BF6">
+        <v>0</v>
+      </c>
+      <c r="BG6">
+        <v>0</v>
+      </c>
+      <c r="BH6">
+        <v>0</v>
+      </c>
+      <c r="BI6">
+        <v>0</v>
+      </c>
+      <c r="BJ6">
+        <v>0</v>
+      </c>
+      <c r="BK6">
+        <v>0</v>
+      </c>
+      <c r="BL6">
+        <v>0</v>
+      </c>
+      <c r="BM6">
+        <v>0</v>
+      </c>
+      <c r="BN6">
+        <v>0</v>
+      </c>
+      <c r="BO6">
+        <v>0</v>
+      </c>
+      <c r="BP6">
+        <v>0</v>
+      </c>
+      <c r="BQ6">
+        <v>0</v>
+      </c>
+      <c r="BR6">
+        <v>0</v>
+      </c>
+      <c r="BS6">
+        <v>0</v>
+      </c>
+      <c r="BT6">
+        <v>0</v>
+      </c>
+      <c r="BU6">
+        <v>0</v>
+      </c>
+      <c r="BV6">
+        <v>0</v>
+      </c>
+      <c r="BW6">
+        <v>0</v>
+      </c>
+      <c r="BX6">
+        <v>0</v>
+      </c>
+      <c r="BY6">
+        <v>0</v>
+      </c>
+      <c r="BZ6">
+        <v>0</v>
+      </c>
+      <c r="CA6">
+        <v>0</v>
+      </c>
+      <c r="CB6">
+        <v>0</v>
+      </c>
+      <c r="CC6">
+        <v>0</v>
+      </c>
+      <c r="CD6">
+        <v>0</v>
+      </c>
+      <c r="CE6">
+        <v>0</v>
+      </c>
+      <c r="CF6">
+        <v>0</v>
+      </c>
+      <c r="CG6">
+        <v>0</v>
+      </c>
+      <c r="CH6">
+        <v>0</v>
+      </c>
+      <c r="CI6">
+        <v>0</v>
+      </c>
+      <c r="CJ6">
+        <v>0</v>
+      </c>
+      <c r="CK6">
+        <v>0</v>
+      </c>
+      <c r="CL6">
+        <v>0</v>
+      </c>
+      <c r="CM6">
+        <v>0</v>
+      </c>
+      <c r="CN6">
+        <v>0</v>
+      </c>
+      <c r="CO6">
+        <v>0</v>
+      </c>
+      <c r="CP6">
+        <v>0</v>
+      </c>
+      <c r="CQ6">
+        <v>0</v>
+      </c>
+      <c r="CR6">
+        <v>0</v>
+      </c>
+      <c r="CS6">
+        <v>0</v>
+      </c>
+      <c r="CT6">
+        <v>0</v>
+      </c>
+      <c r="CU6">
+        <v>0</v>
+      </c>
+      <c r="CV6">
+        <v>0</v>
+      </c>
+      <c r="CW6">
+        <v>0</v>
+      </c>
+      <c r="CX6">
+        <v>0</v>
+      </c>
+      <c r="CY6">
+        <v>0</v>
+      </c>
+      <c r="CZ6">
+        <v>0</v>
+      </c>
+      <c r="DA6">
+        <v>0</v>
+      </c>
+      <c r="DB6">
+        <v>0</v>
+      </c>
+      <c r="DC6">
+        <v>0</v>
+      </c>
+      <c r="DD6">
+        <v>0</v>
+      </c>
+      <c r="DE6">
+        <v>0</v>
+      </c>
+      <c r="DF6">
+        <v>0</v>
+      </c>
+      <c r="DG6">
+        <v>0</v>
+      </c>
+      <c r="DH6">
+        <v>0</v>
+      </c>
+      <c r="DI6">
+        <v>0</v>
       </c>
       <c r="DJ6">
         <v>6.349</v>
       </c>
       <c r="DK6">
         <v>6.421</v>
       </c>
       <c r="DL6">
         <v>6.24</v>
       </c>
       <c r="DM6">
         <v>6.14</v>
       </c>
       <c r="DN6">
         <v>6.281</v>
       </c>
       <c r="DO6">
         <v>6.283</v>
       </c>
       <c r="DP6">
         <v>6.286</v>
       </c>
       <c r="DQ6">
         <v>6.334</v>
       </c>
@@ -3585,390 +3690,408 @@
       </c>
       <c r="EN6">
         <v>5.697</v>
       </c>
       <c r="EO6">
         <v>5.751</v>
       </c>
       <c r="EP6">
         <v>5.734</v>
       </c>
       <c r="EQ6">
         <v>5.79</v>
       </c>
       <c r="ER6">
         <v>5.767</v>
       </c>
       <c r="ES6">
         <v>5.839</v>
       </c>
       <c r="ET6">
         <v>5.646</v>
       </c>
       <c r="EU6">
         <v>5.615</v>
       </c>
+      <c r="EV6">
+        <v>5.652</v>
+      </c>
+      <c r="EW6">
+        <v>5.502</v>
+      </c>
+      <c r="EX6">
+        <v>5.407</v>
+      </c>
+      <c r="EY6">
+        <v>5.378</v>
+      </c>
+      <c r="EZ6">
+        <v>5.444</v>
+      </c>
+      <c r="FA6">
+        <v>5.406</v>
+      </c>
     </row>
-    <row r="7" spans="1:151">
+    <row r="7" spans="1:157">
       <c r="A7" t="s">
-        <v>157</v>
-[...335 lines deleted...]
-        <v>155</v>
+        <v>162</v>
+      </c>
+      <c r="B7">
+        <v>0</v>
+      </c>
+      <c r="C7">
+        <v>0</v>
+      </c>
+      <c r="D7">
+        <v>0</v>
+      </c>
+      <c r="E7">
+        <v>0</v>
+      </c>
+      <c r="F7">
+        <v>0</v>
+      </c>
+      <c r="G7">
+        <v>0</v>
+      </c>
+      <c r="H7">
+        <v>0</v>
+      </c>
+      <c r="I7">
+        <v>0</v>
+      </c>
+      <c r="J7">
+        <v>0</v>
+      </c>
+      <c r="K7">
+        <v>0</v>
+      </c>
+      <c r="L7">
+        <v>0</v>
+      </c>
+      <c r="M7">
+        <v>0</v>
+      </c>
+      <c r="N7">
+        <v>0</v>
+      </c>
+      <c r="O7">
+        <v>0</v>
+      </c>
+      <c r="P7">
+        <v>0</v>
+      </c>
+      <c r="Q7">
+        <v>0</v>
+      </c>
+      <c r="R7">
+        <v>0</v>
+      </c>
+      <c r="S7">
+        <v>0</v>
+      </c>
+      <c r="T7">
+        <v>0</v>
+      </c>
+      <c r="U7">
+        <v>0</v>
+      </c>
+      <c r="V7">
+        <v>0</v>
+      </c>
+      <c r="W7">
+        <v>0</v>
+      </c>
+      <c r="X7">
+        <v>0</v>
+      </c>
+      <c r="Y7">
+        <v>0</v>
+      </c>
+      <c r="Z7">
+        <v>0</v>
+      </c>
+      <c r="AA7">
+        <v>0</v>
+      </c>
+      <c r="AB7">
+        <v>0</v>
+      </c>
+      <c r="AC7">
+        <v>0</v>
+      </c>
+      <c r="AD7">
+        <v>0</v>
+      </c>
+      <c r="AE7">
+        <v>0</v>
+      </c>
+      <c r="AF7">
+        <v>0</v>
+      </c>
+      <c r="AG7">
+        <v>0</v>
+      </c>
+      <c r="AH7">
+        <v>0</v>
+      </c>
+      <c r="AI7">
+        <v>0</v>
+      </c>
+      <c r="AJ7">
+        <v>0</v>
+      </c>
+      <c r="AK7">
+        <v>0</v>
+      </c>
+      <c r="AL7">
+        <v>0</v>
+      </c>
+      <c r="AM7">
+        <v>0</v>
+      </c>
+      <c r="AN7">
+        <v>0</v>
+      </c>
+      <c r="AO7">
+        <v>0</v>
+      </c>
+      <c r="AP7">
+        <v>0</v>
+      </c>
+      <c r="AQ7">
+        <v>0</v>
+      </c>
+      <c r="AR7">
+        <v>0</v>
+      </c>
+      <c r="AS7">
+        <v>0</v>
+      </c>
+      <c r="AT7">
+        <v>0</v>
+      </c>
+      <c r="AU7">
+        <v>0</v>
+      </c>
+      <c r="AV7">
+        <v>0</v>
+      </c>
+      <c r="AW7">
+        <v>0</v>
+      </c>
+      <c r="AX7">
+        <v>0</v>
+      </c>
+      <c r="AY7">
+        <v>0</v>
+      </c>
+      <c r="AZ7">
+        <v>0</v>
+      </c>
+      <c r="BA7">
+        <v>0</v>
+      </c>
+      <c r="BB7">
+        <v>0</v>
+      </c>
+      <c r="BC7">
+        <v>0</v>
+      </c>
+      <c r="BD7">
+        <v>0</v>
+      </c>
+      <c r="BE7">
+        <v>0</v>
+      </c>
+      <c r="BF7">
+        <v>0</v>
+      </c>
+      <c r="BG7">
+        <v>0</v>
+      </c>
+      <c r="BH7">
+        <v>0</v>
+      </c>
+      <c r="BI7">
+        <v>0</v>
+      </c>
+      <c r="BJ7">
+        <v>0</v>
+      </c>
+      <c r="BK7">
+        <v>0</v>
+      </c>
+      <c r="BL7">
+        <v>0</v>
+      </c>
+      <c r="BM7">
+        <v>0</v>
+      </c>
+      <c r="BN7">
+        <v>0</v>
+      </c>
+      <c r="BO7">
+        <v>0</v>
+      </c>
+      <c r="BP7">
+        <v>0</v>
+      </c>
+      <c r="BQ7">
+        <v>0</v>
+      </c>
+      <c r="BR7">
+        <v>0</v>
+      </c>
+      <c r="BS7">
+        <v>0</v>
+      </c>
+      <c r="BT7">
+        <v>0</v>
+      </c>
+      <c r="BU7">
+        <v>0</v>
+      </c>
+      <c r="BV7">
+        <v>0</v>
+      </c>
+      <c r="BW7">
+        <v>0</v>
+      </c>
+      <c r="BX7">
+        <v>0</v>
+      </c>
+      <c r="BY7">
+        <v>0</v>
+      </c>
+      <c r="BZ7">
+        <v>0</v>
+      </c>
+      <c r="CA7">
+        <v>0</v>
+      </c>
+      <c r="CB7">
+        <v>0</v>
+      </c>
+      <c r="CC7">
+        <v>0</v>
+      </c>
+      <c r="CD7">
+        <v>0</v>
+      </c>
+      <c r="CE7">
+        <v>0</v>
+      </c>
+      <c r="CF7">
+        <v>0</v>
+      </c>
+      <c r="CG7">
+        <v>0</v>
+      </c>
+      <c r="CH7">
+        <v>0</v>
+      </c>
+      <c r="CI7">
+        <v>0</v>
+      </c>
+      <c r="CJ7">
+        <v>0</v>
+      </c>
+      <c r="CK7">
+        <v>0</v>
+      </c>
+      <c r="CL7">
+        <v>0</v>
+      </c>
+      <c r="CM7">
+        <v>0</v>
+      </c>
+      <c r="CN7">
+        <v>0</v>
+      </c>
+      <c r="CO7">
+        <v>0</v>
+      </c>
+      <c r="CP7">
+        <v>0</v>
+      </c>
+      <c r="CQ7">
+        <v>0</v>
+      </c>
+      <c r="CR7">
+        <v>0</v>
+      </c>
+      <c r="CS7">
+        <v>0</v>
+      </c>
+      <c r="CT7">
+        <v>0</v>
+      </c>
+      <c r="CU7">
+        <v>0</v>
+      </c>
+      <c r="CV7">
+        <v>0</v>
+      </c>
+      <c r="CW7">
+        <v>0</v>
+      </c>
+      <c r="CX7">
+        <v>0</v>
+      </c>
+      <c r="CY7">
+        <v>0</v>
+      </c>
+      <c r="CZ7">
+        <v>0</v>
+      </c>
+      <c r="DA7">
+        <v>0</v>
+      </c>
+      <c r="DB7">
+        <v>0</v>
+      </c>
+      <c r="DC7">
+        <v>0</v>
+      </c>
+      <c r="DD7">
+        <v>0</v>
+      </c>
+      <c r="DE7">
+        <v>0</v>
+      </c>
+      <c r="DF7">
+        <v>0</v>
+      </c>
+      <c r="DG7">
+        <v>0</v>
+      </c>
+      <c r="DH7">
+        <v>0</v>
+      </c>
+      <c r="DI7">
+        <v>0</v>
       </c>
       <c r="DJ7">
         <v>2.0070000000000001</v>
       </c>
       <c r="DK7">
         <v>2.125</v>
       </c>
       <c r="DL7">
         <v>2.189</v>
       </c>
       <c r="DM7">
         <v>2.243</v>
       </c>
       <c r="DN7">
         <v>2.364</v>
       </c>
       <c r="DO7">
         <v>2.419</v>
       </c>
       <c r="DP7">
         <v>2.463</v>
       </c>
       <c r="DQ7">
         <v>2.502</v>
       </c>
@@ -4040,390 +4163,408 @@
       </c>
       <c r="EN7">
         <v>3.264</v>
       </c>
       <c r="EO7">
         <v>3.176</v>
       </c>
       <c r="EP7">
         <v>3.358</v>
       </c>
       <c r="EQ7">
         <v>3.36</v>
       </c>
       <c r="ER7">
         <v>3.353</v>
       </c>
       <c r="ES7">
         <v>3.369</v>
       </c>
       <c r="ET7">
         <v>3.399</v>
       </c>
       <c r="EU7">
         <v>3.385</v>
       </c>
+      <c r="EV7">
+        <v>3.428</v>
+      </c>
+      <c r="EW7">
+        <v>3.381</v>
+      </c>
+      <c r="EX7">
+        <v>3.383</v>
+      </c>
+      <c r="EY7">
+        <v>3.415</v>
+      </c>
+      <c r="EZ7">
+        <v>3.466</v>
+      </c>
+      <c r="FA7">
+        <v>3.464</v>
+      </c>
     </row>
-    <row r="8" spans="1:151">
+    <row r="8" spans="1:157">
       <c r="A8" t="s">
-        <v>158</v>
-[...335 lines deleted...]
-        <v>155</v>
+        <v>163</v>
+      </c>
+      <c r="B8">
+        <v>0</v>
+      </c>
+      <c r="C8">
+        <v>0</v>
+      </c>
+      <c r="D8">
+        <v>0</v>
+      </c>
+      <c r="E8">
+        <v>0</v>
+      </c>
+      <c r="F8">
+        <v>0</v>
+      </c>
+      <c r="G8">
+        <v>0</v>
+      </c>
+      <c r="H8">
+        <v>0</v>
+      </c>
+      <c r="I8">
+        <v>0</v>
+      </c>
+      <c r="J8">
+        <v>0</v>
+      </c>
+      <c r="K8">
+        <v>0</v>
+      </c>
+      <c r="L8">
+        <v>0</v>
+      </c>
+      <c r="M8">
+        <v>0</v>
+      </c>
+      <c r="N8">
+        <v>0</v>
+      </c>
+      <c r="O8">
+        <v>0</v>
+      </c>
+      <c r="P8">
+        <v>0</v>
+      </c>
+      <c r="Q8">
+        <v>0</v>
+      </c>
+      <c r="R8">
+        <v>0</v>
+      </c>
+      <c r="S8">
+        <v>0</v>
+      </c>
+      <c r="T8">
+        <v>0</v>
+      </c>
+      <c r="U8">
+        <v>0</v>
+      </c>
+      <c r="V8">
+        <v>0</v>
+      </c>
+      <c r="W8">
+        <v>0</v>
+      </c>
+      <c r="X8">
+        <v>0</v>
+      </c>
+      <c r="Y8">
+        <v>0</v>
+      </c>
+      <c r="Z8">
+        <v>0</v>
+      </c>
+      <c r="AA8">
+        <v>0</v>
+      </c>
+      <c r="AB8">
+        <v>0</v>
+      </c>
+      <c r="AC8">
+        <v>0</v>
+      </c>
+      <c r="AD8">
+        <v>0</v>
+      </c>
+      <c r="AE8">
+        <v>0</v>
+      </c>
+      <c r="AF8">
+        <v>0</v>
+      </c>
+      <c r="AG8">
+        <v>0</v>
+      </c>
+      <c r="AH8">
+        <v>0</v>
+      </c>
+      <c r="AI8">
+        <v>0</v>
+      </c>
+      <c r="AJ8">
+        <v>0</v>
+      </c>
+      <c r="AK8">
+        <v>0</v>
+      </c>
+      <c r="AL8">
+        <v>0</v>
+      </c>
+      <c r="AM8">
+        <v>0</v>
+      </c>
+      <c r="AN8">
+        <v>0</v>
+      </c>
+      <c r="AO8">
+        <v>0</v>
+      </c>
+      <c r="AP8">
+        <v>0</v>
+      </c>
+      <c r="AQ8">
+        <v>0</v>
+      </c>
+      <c r="AR8">
+        <v>0</v>
+      </c>
+      <c r="AS8">
+        <v>0</v>
+      </c>
+      <c r="AT8">
+        <v>0</v>
+      </c>
+      <c r="AU8">
+        <v>0</v>
+      </c>
+      <c r="AV8">
+        <v>0</v>
+      </c>
+      <c r="AW8">
+        <v>0</v>
+      </c>
+      <c r="AX8">
+        <v>0</v>
+      </c>
+      <c r="AY8">
+        <v>0</v>
+      </c>
+      <c r="AZ8">
+        <v>0</v>
+      </c>
+      <c r="BA8">
+        <v>0</v>
+      </c>
+      <c r="BB8">
+        <v>0</v>
+      </c>
+      <c r="BC8">
+        <v>0</v>
+      </c>
+      <c r="BD8">
+        <v>0</v>
+      </c>
+      <c r="BE8">
+        <v>0</v>
+      </c>
+      <c r="BF8">
+        <v>0</v>
+      </c>
+      <c r="BG8">
+        <v>0</v>
+      </c>
+      <c r="BH8">
+        <v>0</v>
+      </c>
+      <c r="BI8">
+        <v>0</v>
+      </c>
+      <c r="BJ8">
+        <v>0</v>
+      </c>
+      <c r="BK8">
+        <v>0</v>
+      </c>
+      <c r="BL8">
+        <v>0</v>
+      </c>
+      <c r="BM8">
+        <v>0</v>
+      </c>
+      <c r="BN8">
+        <v>0</v>
+      </c>
+      <c r="BO8">
+        <v>0</v>
+      </c>
+      <c r="BP8">
+        <v>0</v>
+      </c>
+      <c r="BQ8">
+        <v>0</v>
+      </c>
+      <c r="BR8">
+        <v>0</v>
+      </c>
+      <c r="BS8">
+        <v>0</v>
+      </c>
+      <c r="BT8">
+        <v>0</v>
+      </c>
+      <c r="BU8">
+        <v>0</v>
+      </c>
+      <c r="BV8">
+        <v>0</v>
+      </c>
+      <c r="BW8">
+        <v>0</v>
+      </c>
+      <c r="BX8">
+        <v>0</v>
+      </c>
+      <c r="BY8">
+        <v>0</v>
+      </c>
+      <c r="BZ8">
+        <v>0</v>
+      </c>
+      <c r="CA8">
+        <v>0</v>
+      </c>
+      <c r="CB8">
+        <v>0</v>
+      </c>
+      <c r="CC8">
+        <v>0</v>
+      </c>
+      <c r="CD8">
+        <v>0</v>
+      </c>
+      <c r="CE8">
+        <v>0</v>
+      </c>
+      <c r="CF8">
+        <v>0</v>
+      </c>
+      <c r="CG8">
+        <v>0</v>
+      </c>
+      <c r="CH8">
+        <v>0</v>
+      </c>
+      <c r="CI8">
+        <v>0</v>
+      </c>
+      <c r="CJ8">
+        <v>0</v>
+      </c>
+      <c r="CK8">
+        <v>0</v>
+      </c>
+      <c r="CL8">
+        <v>0</v>
+      </c>
+      <c r="CM8">
+        <v>0</v>
+      </c>
+      <c r="CN8">
+        <v>0</v>
+      </c>
+      <c r="CO8">
+        <v>0</v>
+      </c>
+      <c r="CP8">
+        <v>0</v>
+      </c>
+      <c r="CQ8">
+        <v>0</v>
+      </c>
+      <c r="CR8">
+        <v>0</v>
+      </c>
+      <c r="CS8">
+        <v>0</v>
+      </c>
+      <c r="CT8">
+        <v>0</v>
+      </c>
+      <c r="CU8">
+        <v>0</v>
+      </c>
+      <c r="CV8">
+        <v>0</v>
+      </c>
+      <c r="CW8">
+        <v>0</v>
+      </c>
+      <c r="CX8">
+        <v>0</v>
+      </c>
+      <c r="CY8">
+        <v>0</v>
+      </c>
+      <c r="CZ8">
+        <v>0</v>
+      </c>
+      <c r="DA8">
+        <v>0</v>
+      </c>
+      <c r="DB8">
+        <v>0</v>
+      </c>
+      <c r="DC8">
+        <v>0</v>
+      </c>
+      <c r="DD8">
+        <v>0</v>
+      </c>
+      <c r="DE8">
+        <v>0</v>
+      </c>
+      <c r="DF8">
+        <v>0</v>
+      </c>
+      <c r="DG8">
+        <v>0</v>
+      </c>
+      <c r="DH8">
+        <v>0</v>
+      </c>
+      <c r="DI8">
+        <v>0</v>
       </c>
       <c r="DJ8">
         <v>24.696</v>
       </c>
       <c r="DK8">
         <v>24.765</v>
       </c>
       <c r="DL8">
         <v>24.713</v>
       </c>
       <c r="DM8">
         <v>24.931</v>
       </c>
       <c r="DN8">
         <v>25.039000000000001</v>
       </c>
       <c r="DO8">
         <v>24.991</v>
       </c>
       <c r="DP8">
         <v>25.065000000000001</v>
       </c>
       <c r="DQ8">
         <v>25.182</v>
       </c>
@@ -4495,1419 +4636,1491 @@
       </c>
       <c r="EN8">
         <v>26.071000000000002</v>
       </c>
       <c r="EO8">
         <v>26.131</v>
       </c>
       <c r="EP8">
         <v>26.248</v>
       </c>
       <c r="EQ8">
         <v>26.5</v>
       </c>
       <c r="ER8">
         <v>26.565</v>
       </c>
       <c r="ES8">
         <v>26.662</v>
       </c>
       <c r="ET8">
         <v>26.768</v>
       </c>
       <c r="EU8">
         <v>26.842</v>
       </c>
+      <c r="EV8">
+        <v>27.249</v>
+      </c>
+      <c r="EW8">
+        <v>27.015999999999998</v>
+      </c>
+      <c r="EX8">
+        <v>27.143</v>
+      </c>
+      <c r="EY8">
+        <v>27.19</v>
+      </c>
+      <c r="EZ8">
+        <v>27.163</v>
+      </c>
+      <c r="FA8">
+        <v>27.259</v>
+      </c>
     </row>
-    <row r="9" spans="1:151">
+    <row r="9" spans="1:157">
       <c r="A9" t="s">
-        <v>159</v>
-[...392 lines deleted...]
-        <v>155</v>
+        <v>164</v>
+      </c>
+      <c r="B9">
+        <v>0</v>
+      </c>
+      <c r="C9">
+        <v>0</v>
+      </c>
+      <c r="D9">
+        <v>0</v>
+      </c>
+      <c r="E9">
+        <v>0</v>
+      </c>
+      <c r="F9">
+        <v>0</v>
+      </c>
+      <c r="G9">
+        <v>0</v>
+      </c>
+      <c r="H9">
+        <v>0</v>
+      </c>
+      <c r="I9">
+        <v>0</v>
+      </c>
+      <c r="J9">
+        <v>0</v>
+      </c>
+      <c r="K9">
+        <v>0</v>
+      </c>
+      <c r="L9">
+        <v>0</v>
+      </c>
+      <c r="M9">
+        <v>0</v>
+      </c>
+      <c r="N9">
+        <v>0</v>
+      </c>
+      <c r="O9">
+        <v>0</v>
+      </c>
+      <c r="P9">
+        <v>0</v>
+      </c>
+      <c r="Q9">
+        <v>0</v>
+      </c>
+      <c r="R9">
+        <v>0</v>
+      </c>
+      <c r="S9">
+        <v>0</v>
+      </c>
+      <c r="T9">
+        <v>0</v>
+      </c>
+      <c r="U9">
+        <v>0</v>
+      </c>
+      <c r="V9">
+        <v>0</v>
+      </c>
+      <c r="W9">
+        <v>0</v>
+      </c>
+      <c r="X9">
+        <v>0</v>
+      </c>
+      <c r="Y9">
+        <v>0</v>
+      </c>
+      <c r="Z9">
+        <v>0</v>
+      </c>
+      <c r="AA9">
+        <v>0</v>
+      </c>
+      <c r="AB9">
+        <v>0</v>
+      </c>
+      <c r="AC9">
+        <v>0</v>
+      </c>
+      <c r="AD9">
+        <v>0</v>
+      </c>
+      <c r="AE9">
+        <v>0</v>
+      </c>
+      <c r="AF9">
+        <v>0</v>
+      </c>
+      <c r="AG9">
+        <v>0</v>
+      </c>
+      <c r="AH9">
+        <v>0</v>
+      </c>
+      <c r="AI9">
+        <v>0</v>
+      </c>
+      <c r="AJ9">
+        <v>0</v>
+      </c>
+      <c r="AK9">
+        <v>0</v>
+      </c>
+      <c r="AL9">
+        <v>0</v>
+      </c>
+      <c r="AM9">
+        <v>0</v>
+      </c>
+      <c r="AN9">
+        <v>0</v>
+      </c>
+      <c r="AO9">
+        <v>0</v>
+      </c>
+      <c r="AP9">
+        <v>0</v>
+      </c>
+      <c r="AQ9">
+        <v>0</v>
+      </c>
+      <c r="AR9">
+        <v>0</v>
+      </c>
+      <c r="AS9">
+        <v>0</v>
+      </c>
+      <c r="AT9">
+        <v>0</v>
+      </c>
+      <c r="AU9">
+        <v>0</v>
+      </c>
+      <c r="AV9">
+        <v>0</v>
+      </c>
+      <c r="AW9">
+        <v>0</v>
+      </c>
+      <c r="AX9">
+        <v>0</v>
+      </c>
+      <c r="AY9">
+        <v>0</v>
+      </c>
+      <c r="AZ9">
+        <v>0</v>
+      </c>
+      <c r="BA9">
+        <v>0</v>
+      </c>
+      <c r="BB9">
+        <v>0</v>
+      </c>
+      <c r="BC9">
+        <v>0</v>
+      </c>
+      <c r="BD9">
+        <v>0</v>
+      </c>
+      <c r="BE9">
+        <v>0</v>
+      </c>
+      <c r="BF9">
+        <v>0</v>
+      </c>
+      <c r="BG9">
+        <v>0</v>
+      </c>
+      <c r="BH9">
+        <v>0</v>
+      </c>
+      <c r="BI9">
+        <v>0</v>
+      </c>
+      <c r="BJ9">
+        <v>0</v>
+      </c>
+      <c r="BK9">
+        <v>0</v>
+      </c>
+      <c r="BL9">
+        <v>0</v>
+      </c>
+      <c r="BM9">
+        <v>0</v>
+      </c>
+      <c r="BN9">
+        <v>0</v>
+      </c>
+      <c r="BO9">
+        <v>0</v>
+      </c>
+      <c r="BP9">
+        <v>0</v>
+      </c>
+      <c r="BQ9">
+        <v>0</v>
+      </c>
+      <c r="BR9">
+        <v>0</v>
+      </c>
+      <c r="BS9">
+        <v>0</v>
+      </c>
+      <c r="BT9">
+        <v>0</v>
+      </c>
+      <c r="BU9">
+        <v>0</v>
+      </c>
+      <c r="BV9">
+        <v>0</v>
+      </c>
+      <c r="BW9">
+        <v>0</v>
+      </c>
+      <c r="BX9">
+        <v>0</v>
+      </c>
+      <c r="BY9">
+        <v>0</v>
+      </c>
+      <c r="BZ9">
+        <v>0</v>
+      </c>
+      <c r="CA9">
+        <v>0</v>
+      </c>
+      <c r="CB9">
+        <v>0</v>
+      </c>
+      <c r="CC9">
+        <v>0</v>
+      </c>
+      <c r="CD9">
+        <v>0</v>
+      </c>
+      <c r="CE9">
+        <v>0</v>
+      </c>
+      <c r="CF9">
+        <v>0</v>
+      </c>
+      <c r="CG9">
+        <v>0</v>
+      </c>
+      <c r="CH9">
+        <v>0</v>
+      </c>
+      <c r="CI9">
+        <v>0</v>
+      </c>
+      <c r="CJ9">
+        <v>0</v>
+      </c>
+      <c r="CK9">
+        <v>0</v>
+      </c>
+      <c r="CL9">
+        <v>0</v>
+      </c>
+      <c r="CM9">
+        <v>0</v>
+      </c>
+      <c r="CN9">
+        <v>0</v>
+      </c>
+      <c r="CO9">
+        <v>0</v>
+      </c>
+      <c r="CP9">
+        <v>0</v>
+      </c>
+      <c r="CQ9">
+        <v>0</v>
+      </c>
+      <c r="CR9">
+        <v>0</v>
+      </c>
+      <c r="CS9">
+        <v>0</v>
+      </c>
+      <c r="CT9">
+        <v>0</v>
+      </c>
+      <c r="CU9">
+        <v>0</v>
+      </c>
+      <c r="CV9">
+        <v>0</v>
+      </c>
+      <c r="CW9">
+        <v>0</v>
+      </c>
+      <c r="CX9">
+        <v>0</v>
+      </c>
+      <c r="CY9">
+        <v>0</v>
+      </c>
+      <c r="CZ9">
+        <v>0</v>
+      </c>
+      <c r="DA9">
+        <v>0</v>
+      </c>
+      <c r="DB9">
+        <v>0</v>
+      </c>
+      <c r="DC9">
+        <v>0</v>
+      </c>
+      <c r="DD9">
+        <v>0</v>
+      </c>
+      <c r="DE9">
+        <v>0</v>
+      </c>
+      <c r="DF9">
+        <v>0</v>
+      </c>
+      <c r="DG9">
+        <v>0</v>
+      </c>
+      <c r="DH9">
+        <v>0</v>
+      </c>
+      <c r="DI9">
+        <v>0</v>
+      </c>
+      <c r="DJ9">
+        <v>0</v>
+      </c>
+      <c r="DK9">
+        <v>0</v>
+      </c>
+      <c r="DL9">
+        <v>0</v>
+      </c>
+      <c r="DM9">
+        <v>0</v>
+      </c>
+      <c r="DN9">
+        <v>0</v>
+      </c>
+      <c r="DO9">
+        <v>0</v>
+      </c>
+      <c r="DP9">
+        <v>0</v>
+      </c>
+      <c r="DQ9">
+        <v>0</v>
+      </c>
+      <c r="DR9">
+        <v>0</v>
+      </c>
+      <c r="DS9">
+        <v>0</v>
+      </c>
+      <c r="DT9">
+        <v>0</v>
+      </c>
+      <c r="DU9">
+        <v>0</v>
+      </c>
+      <c r="DV9">
+        <v>0</v>
+      </c>
+      <c r="DW9">
+        <v>0</v>
+      </c>
+      <c r="DX9">
+        <v>0</v>
+      </c>
+      <c r="DY9">
+        <v>0</v>
+      </c>
+      <c r="DZ9">
+        <v>0</v>
+      </c>
+      <c r="EA9">
+        <v>0</v>
+      </c>
+      <c r="EB9">
+        <v>0</v>
       </c>
       <c r="EC9">
         <v>45</v>
       </c>
       <c r="ED9">
         <v>96</v>
       </c>
       <c r="EE9">
         <v>142</v>
       </c>
       <c r="EF9">
         <v>213</v>
       </c>
       <c r="EG9">
         <v>283</v>
       </c>
       <c r="EH9">
         <v>308</v>
       </c>
       <c r="EI9">
         <v>269</v>
       </c>
       <c r="EJ9">
         <v>280</v>
       </c>
       <c r="EK9">
         <v>307</v>
       </c>
       <c r="EL9">
         <v>218</v>
       </c>
       <c r="EM9">
         <v>170</v>
       </c>
       <c r="EN9">
         <v>101</v>
       </c>
       <c r="EO9">
         <v>73</v>
       </c>
       <c r="EP9">
         <v>37</v>
       </c>
-      <c r="EQ9" t="s">
-[...12 lines deleted...]
-        <v>155</v>
+      <c r="EQ9">
+        <v>0</v>
+      </c>
+      <c r="ER9">
+        <v>0</v>
+      </c>
+      <c r="ES9">
+        <v>0</v>
+      </c>
+      <c r="ET9">
+        <v>0</v>
+      </c>
+      <c r="EU9">
+        <v>0</v>
+      </c>
+      <c r="EV9">
+        <v>0</v>
+      </c>
+      <c r="EW9">
+        <v>0</v>
+      </c>
+      <c r="EX9">
+        <v>0</v>
+      </c>
+      <c r="EY9">
+        <v>0</v>
+      </c>
+      <c r="EZ9">
+        <v>0</v>
+      </c>
+      <c r="FA9">
+        <v>0</v>
       </c>
     </row>
-    <row r="10" spans="1:151">
+    <row r="10" spans="1:157">
       <c r="A10" t="s">
-        <v>160</v>
-[...395 lines deleted...]
-        <v>155</v>
+        <v>165</v>
+      </c>
+      <c r="B10">
+        <v>0</v>
+      </c>
+      <c r="C10">
+        <v>0</v>
+      </c>
+      <c r="D10">
+        <v>0</v>
+      </c>
+      <c r="E10">
+        <v>0</v>
+      </c>
+      <c r="F10">
+        <v>0</v>
+      </c>
+      <c r="G10">
+        <v>0</v>
+      </c>
+      <c r="H10">
+        <v>0</v>
+      </c>
+      <c r="I10">
+        <v>0</v>
+      </c>
+      <c r="J10">
+        <v>0</v>
+      </c>
+      <c r="K10">
+        <v>0</v>
+      </c>
+      <c r="L10">
+        <v>0</v>
+      </c>
+      <c r="M10">
+        <v>0</v>
+      </c>
+      <c r="N10">
+        <v>0</v>
+      </c>
+      <c r="O10">
+        <v>0</v>
+      </c>
+      <c r="P10">
+        <v>0</v>
+      </c>
+      <c r="Q10">
+        <v>0</v>
+      </c>
+      <c r="R10">
+        <v>0</v>
+      </c>
+      <c r="S10">
+        <v>0</v>
+      </c>
+      <c r="T10">
+        <v>0</v>
+      </c>
+      <c r="U10">
+        <v>0</v>
+      </c>
+      <c r="V10">
+        <v>0</v>
+      </c>
+      <c r="W10">
+        <v>0</v>
+      </c>
+      <c r="X10">
+        <v>0</v>
+      </c>
+      <c r="Y10">
+        <v>0</v>
+      </c>
+      <c r="Z10">
+        <v>0</v>
+      </c>
+      <c r="AA10">
+        <v>0</v>
+      </c>
+      <c r="AB10">
+        <v>0</v>
+      </c>
+      <c r="AC10">
+        <v>0</v>
+      </c>
+      <c r="AD10">
+        <v>0</v>
+      </c>
+      <c r="AE10">
+        <v>0</v>
+      </c>
+      <c r="AF10">
+        <v>0</v>
+      </c>
+      <c r="AG10">
+        <v>0</v>
+      </c>
+      <c r="AH10">
+        <v>0</v>
+      </c>
+      <c r="AI10">
+        <v>0</v>
+      </c>
+      <c r="AJ10">
+        <v>0</v>
+      </c>
+      <c r="AK10">
+        <v>0</v>
+      </c>
+      <c r="AL10">
+        <v>0</v>
+      </c>
+      <c r="AM10">
+        <v>0</v>
+      </c>
+      <c r="AN10">
+        <v>0</v>
+      </c>
+      <c r="AO10">
+        <v>0</v>
+      </c>
+      <c r="AP10">
+        <v>0</v>
+      </c>
+      <c r="AQ10">
+        <v>0</v>
+      </c>
+      <c r="AR10">
+        <v>0</v>
+      </c>
+      <c r="AS10">
+        <v>0</v>
+      </c>
+      <c r="AT10">
+        <v>0</v>
+      </c>
+      <c r="AU10">
+        <v>0</v>
+      </c>
+      <c r="AV10">
+        <v>0</v>
+      </c>
+      <c r="AW10">
+        <v>0</v>
+      </c>
+      <c r="AX10">
+        <v>0</v>
+      </c>
+      <c r="AY10">
+        <v>0</v>
+      </c>
+      <c r="AZ10">
+        <v>0</v>
+      </c>
+      <c r="BA10">
+        <v>0</v>
+      </c>
+      <c r="BB10">
+        <v>0</v>
+      </c>
+      <c r="BC10">
+        <v>0</v>
+      </c>
+      <c r="BD10">
+        <v>0</v>
+      </c>
+      <c r="BE10">
+        <v>0</v>
+      </c>
+      <c r="BF10">
+        <v>0</v>
+      </c>
+      <c r="BG10">
+        <v>0</v>
+      </c>
+      <c r="BH10">
+        <v>0</v>
+      </c>
+      <c r="BI10">
+        <v>0</v>
+      </c>
+      <c r="BJ10">
+        <v>0</v>
+      </c>
+      <c r="BK10">
+        <v>0</v>
+      </c>
+      <c r="BL10">
+        <v>0</v>
+      </c>
+      <c r="BM10">
+        <v>0</v>
+      </c>
+      <c r="BN10">
+        <v>0</v>
+      </c>
+      <c r="BO10">
+        <v>0</v>
+      </c>
+      <c r="BP10">
+        <v>0</v>
+      </c>
+      <c r="BQ10">
+        <v>0</v>
+      </c>
+      <c r="BR10">
+        <v>0</v>
+      </c>
+      <c r="BS10">
+        <v>0</v>
+      </c>
+      <c r="BT10">
+        <v>0</v>
+      </c>
+      <c r="BU10">
+        <v>0</v>
+      </c>
+      <c r="BV10">
+        <v>0</v>
+      </c>
+      <c r="BW10">
+        <v>0</v>
+      </c>
+      <c r="BX10">
+        <v>0</v>
+      </c>
+      <c r="BY10">
+        <v>0</v>
+      </c>
+      <c r="BZ10">
+        <v>0</v>
+      </c>
+      <c r="CA10">
+        <v>0</v>
+      </c>
+      <c r="CB10">
+        <v>0</v>
+      </c>
+      <c r="CC10">
+        <v>0</v>
+      </c>
+      <c r="CD10">
+        <v>0</v>
+      </c>
+      <c r="CE10">
+        <v>0</v>
+      </c>
+      <c r="CF10">
+        <v>0</v>
+      </c>
+      <c r="CG10">
+        <v>0</v>
+      </c>
+      <c r="CH10">
+        <v>0</v>
+      </c>
+      <c r="CI10">
+        <v>0</v>
+      </c>
+      <c r="CJ10">
+        <v>0</v>
+      </c>
+      <c r="CK10">
+        <v>0</v>
+      </c>
+      <c r="CL10">
+        <v>0</v>
+      </c>
+      <c r="CM10">
+        <v>0</v>
+      </c>
+      <c r="CN10">
+        <v>0</v>
+      </c>
+      <c r="CO10">
+        <v>0</v>
+      </c>
+      <c r="CP10">
+        <v>0</v>
+      </c>
+      <c r="CQ10">
+        <v>0</v>
+      </c>
+      <c r="CR10">
+        <v>0</v>
+      </c>
+      <c r="CS10">
+        <v>0</v>
+      </c>
+      <c r="CT10">
+        <v>0</v>
+      </c>
+      <c r="CU10">
+        <v>0</v>
+      </c>
+      <c r="CV10">
+        <v>0</v>
+      </c>
+      <c r="CW10">
+        <v>0</v>
+      </c>
+      <c r="CX10">
+        <v>0</v>
+      </c>
+      <c r="CY10">
+        <v>0</v>
+      </c>
+      <c r="CZ10">
+        <v>0</v>
+      </c>
+      <c r="DA10">
+        <v>0</v>
+      </c>
+      <c r="DB10">
+        <v>0</v>
+      </c>
+      <c r="DC10">
+        <v>0</v>
+      </c>
+      <c r="DD10">
+        <v>0</v>
+      </c>
+      <c r="DE10">
+        <v>0</v>
+      </c>
+      <c r="DF10">
+        <v>0</v>
+      </c>
+      <c r="DG10">
+        <v>0</v>
+      </c>
+      <c r="DH10">
+        <v>0</v>
+      </c>
+      <c r="DI10">
+        <v>0</v>
+      </c>
+      <c r="DJ10">
+        <v>0</v>
+      </c>
+      <c r="DK10">
+        <v>0</v>
+      </c>
+      <c r="DL10">
+        <v>0</v>
+      </c>
+      <c r="DM10">
+        <v>0</v>
+      </c>
+      <c r="DN10">
+        <v>0</v>
+      </c>
+      <c r="DO10">
+        <v>0</v>
+      </c>
+      <c r="DP10">
+        <v>0</v>
+      </c>
+      <c r="DQ10">
+        <v>0</v>
+      </c>
+      <c r="DR10">
+        <v>0</v>
+      </c>
+      <c r="DS10">
+        <v>0</v>
+      </c>
+      <c r="DT10">
+        <v>0</v>
+      </c>
+      <c r="DU10">
+        <v>0</v>
+      </c>
+      <c r="DV10">
+        <v>0</v>
+      </c>
+      <c r="DW10">
+        <v>0</v>
+      </c>
+      <c r="DX10">
+        <v>0</v>
+      </c>
+      <c r="DY10">
+        <v>0</v>
+      </c>
+      <c r="DZ10">
+        <v>0</v>
+      </c>
+      <c r="EA10">
+        <v>0</v>
+      </c>
+      <c r="EB10">
+        <v>0</v>
+      </c>
+      <c r="EC10">
+        <v>0</v>
       </c>
       <c r="ED10">
         <v>318</v>
       </c>
       <c r="EE10">
         <v>277</v>
       </c>
       <c r="EF10">
         <v>6</v>
       </c>
       <c r="EG10">
         <v>9</v>
       </c>
       <c r="EH10">
         <v>1.155</v>
       </c>
       <c r="EI10">
         <v>703</v>
       </c>
       <c r="EJ10">
         <v>544</v>
       </c>
       <c r="EK10">
         <v>16</v>
       </c>
       <c r="EL10">
         <v>3</v>
       </c>
-      <c r="EM10" t="s">
-[...24 lines deleted...]
-        <v>155</v>
+      <c r="EM10">
+        <v>0</v>
+      </c>
+      <c r="EN10">
+        <v>0</v>
+      </c>
+      <c r="EO10">
+        <v>0</v>
+      </c>
+      <c r="EP10">
+        <v>0</v>
+      </c>
+      <c r="EQ10">
+        <v>0</v>
+      </c>
+      <c r="ER10">
+        <v>0</v>
+      </c>
+      <c r="ES10">
+        <v>0</v>
+      </c>
+      <c r="ET10">
+        <v>0</v>
+      </c>
+      <c r="EU10">
+        <v>0</v>
+      </c>
+      <c r="EV10">
+        <v>0</v>
+      </c>
+      <c r="EW10">
+        <v>72</v>
+      </c>
+      <c r="EX10">
+        <v>2</v>
+      </c>
+      <c r="EY10">
+        <v>6</v>
+      </c>
+      <c r="EZ10">
+        <v>1</v>
+      </c>
+      <c r="FA10">
+        <v>0</v>
       </c>
     </row>
-    <row r="11" spans="1:151">
+    <row r="11" spans="1:157">
       <c r="A11" t="s">
-        <v>161</v>
-[...401 lines deleted...]
-        <v>155</v>
+        <v>166</v>
+      </c>
+      <c r="B11">
+        <v>0</v>
+      </c>
+      <c r="C11">
+        <v>0</v>
+      </c>
+      <c r="D11">
+        <v>0</v>
+      </c>
+      <c r="E11">
+        <v>0</v>
+      </c>
+      <c r="F11">
+        <v>0</v>
+      </c>
+      <c r="G11">
+        <v>0</v>
+      </c>
+      <c r="H11">
+        <v>0</v>
+      </c>
+      <c r="I11">
+        <v>0</v>
+      </c>
+      <c r="J11">
+        <v>0</v>
+      </c>
+      <c r="K11">
+        <v>0</v>
+      </c>
+      <c r="L11">
+        <v>0</v>
+      </c>
+      <c r="M11">
+        <v>0</v>
+      </c>
+      <c r="N11">
+        <v>0</v>
+      </c>
+      <c r="O11">
+        <v>0</v>
+      </c>
+      <c r="P11">
+        <v>0</v>
+      </c>
+      <c r="Q11">
+        <v>0</v>
+      </c>
+      <c r="R11">
+        <v>0</v>
+      </c>
+      <c r="S11">
+        <v>0</v>
+      </c>
+      <c r="T11">
+        <v>0</v>
+      </c>
+      <c r="U11">
+        <v>0</v>
+      </c>
+      <c r="V11">
+        <v>0</v>
+      </c>
+      <c r="W11">
+        <v>0</v>
+      </c>
+      <c r="X11">
+        <v>0</v>
+      </c>
+      <c r="Y11">
+        <v>0</v>
+      </c>
+      <c r="Z11">
+        <v>0</v>
+      </c>
+      <c r="AA11">
+        <v>0</v>
+      </c>
+      <c r="AB11">
+        <v>0</v>
+      </c>
+      <c r="AC11">
+        <v>0</v>
+      </c>
+      <c r="AD11">
+        <v>0</v>
+      </c>
+      <c r="AE11">
+        <v>0</v>
+      </c>
+      <c r="AF11">
+        <v>0</v>
+      </c>
+      <c r="AG11">
+        <v>0</v>
+      </c>
+      <c r="AH11">
+        <v>0</v>
+      </c>
+      <c r="AI11">
+        <v>0</v>
+      </c>
+      <c r="AJ11">
+        <v>0</v>
+      </c>
+      <c r="AK11">
+        <v>0</v>
+      </c>
+      <c r="AL11">
+        <v>0</v>
+      </c>
+      <c r="AM11">
+        <v>0</v>
+      </c>
+      <c r="AN11">
+        <v>0</v>
+      </c>
+      <c r="AO11">
+        <v>0</v>
+      </c>
+      <c r="AP11">
+        <v>0</v>
+      </c>
+      <c r="AQ11">
+        <v>0</v>
+      </c>
+      <c r="AR11">
+        <v>0</v>
+      </c>
+      <c r="AS11">
+        <v>0</v>
+      </c>
+      <c r="AT11">
+        <v>0</v>
+      </c>
+      <c r="AU11">
+        <v>0</v>
+      </c>
+      <c r="AV11">
+        <v>0</v>
+      </c>
+      <c r="AW11">
+        <v>0</v>
+      </c>
+      <c r="AX11">
+        <v>0</v>
+      </c>
+      <c r="AY11">
+        <v>0</v>
+      </c>
+      <c r="AZ11">
+        <v>0</v>
+      </c>
+      <c r="BA11">
+        <v>0</v>
+      </c>
+      <c r="BB11">
+        <v>0</v>
+      </c>
+      <c r="BC11">
+        <v>0</v>
+      </c>
+      <c r="BD11">
+        <v>0</v>
+      </c>
+      <c r="BE11">
+        <v>0</v>
+      </c>
+      <c r="BF11">
+        <v>0</v>
+      </c>
+      <c r="BG11">
+        <v>0</v>
+      </c>
+      <c r="BH11">
+        <v>0</v>
+      </c>
+      <c r="BI11">
+        <v>0</v>
+      </c>
+      <c r="BJ11">
+        <v>0</v>
+      </c>
+      <c r="BK11">
+        <v>0</v>
+      </c>
+      <c r="BL11">
+        <v>0</v>
+      </c>
+      <c r="BM11">
+        <v>0</v>
+      </c>
+      <c r="BN11">
+        <v>0</v>
+      </c>
+      <c r="BO11">
+        <v>0</v>
+      </c>
+      <c r="BP11">
+        <v>0</v>
+      </c>
+      <c r="BQ11">
+        <v>0</v>
+      </c>
+      <c r="BR11">
+        <v>0</v>
+      </c>
+      <c r="BS11">
+        <v>0</v>
+      </c>
+      <c r="BT11">
+        <v>0</v>
+      </c>
+      <c r="BU11">
+        <v>0</v>
+      </c>
+      <c r="BV11">
+        <v>0</v>
+      </c>
+      <c r="BW11">
+        <v>0</v>
+      </c>
+      <c r="BX11">
+        <v>0</v>
+      </c>
+      <c r="BY11">
+        <v>0</v>
+      </c>
+      <c r="BZ11">
+        <v>0</v>
+      </c>
+      <c r="CA11">
+        <v>0</v>
+      </c>
+      <c r="CB11">
+        <v>0</v>
+      </c>
+      <c r="CC11">
+        <v>0</v>
+      </c>
+      <c r="CD11">
+        <v>0</v>
+      </c>
+      <c r="CE11">
+        <v>0</v>
+      </c>
+      <c r="CF11">
+        <v>0</v>
+      </c>
+      <c r="CG11">
+        <v>0</v>
+      </c>
+      <c r="CH11">
+        <v>0</v>
+      </c>
+      <c r="CI11">
+        <v>0</v>
+      </c>
+      <c r="CJ11">
+        <v>0</v>
+      </c>
+      <c r="CK11">
+        <v>0</v>
+      </c>
+      <c r="CL11">
+        <v>0</v>
+      </c>
+      <c r="CM11">
+        <v>0</v>
+      </c>
+      <c r="CN11">
+        <v>0</v>
+      </c>
+      <c r="CO11">
+        <v>0</v>
+      </c>
+      <c r="CP11">
+        <v>0</v>
+      </c>
+      <c r="CQ11">
+        <v>0</v>
+      </c>
+      <c r="CR11">
+        <v>0</v>
+      </c>
+      <c r="CS11">
+        <v>0</v>
+      </c>
+      <c r="CT11">
+        <v>0</v>
+      </c>
+      <c r="CU11">
+        <v>0</v>
+      </c>
+      <c r="CV11">
+        <v>0</v>
+      </c>
+      <c r="CW11">
+        <v>0</v>
+      </c>
+      <c r="CX11">
+        <v>0</v>
+      </c>
+      <c r="CY11">
+        <v>0</v>
+      </c>
+      <c r="CZ11">
+        <v>0</v>
+      </c>
+      <c r="DA11">
+        <v>0</v>
+      </c>
+      <c r="DB11">
+        <v>0</v>
+      </c>
+      <c r="DC11">
+        <v>0</v>
+      </c>
+      <c r="DD11">
+        <v>0</v>
+      </c>
+      <c r="DE11">
+        <v>0</v>
+      </c>
+      <c r="DF11">
+        <v>0</v>
+      </c>
+      <c r="DG11">
+        <v>0</v>
+      </c>
+      <c r="DH11">
+        <v>0</v>
+      </c>
+      <c r="DI11">
+        <v>0</v>
+      </c>
+      <c r="DJ11">
+        <v>0</v>
+      </c>
+      <c r="DK11">
+        <v>0</v>
+      </c>
+      <c r="DL11">
+        <v>0</v>
+      </c>
+      <c r="DM11">
+        <v>0</v>
+      </c>
+      <c r="DN11">
+        <v>0</v>
+      </c>
+      <c r="DO11">
+        <v>0</v>
+      </c>
+      <c r="DP11">
+        <v>0</v>
+      </c>
+      <c r="DQ11">
+        <v>0</v>
+      </c>
+      <c r="DR11">
+        <v>0</v>
+      </c>
+      <c r="DS11">
+        <v>0</v>
+      </c>
+      <c r="DT11">
+        <v>0</v>
+      </c>
+      <c r="DU11">
+        <v>0</v>
+      </c>
+      <c r="DV11">
+        <v>0</v>
+      </c>
+      <c r="DW11">
+        <v>0</v>
+      </c>
+      <c r="DX11">
+        <v>0</v>
+      </c>
+      <c r="DY11">
+        <v>0</v>
+      </c>
+      <c r="DZ11">
+        <v>0</v>
+      </c>
+      <c r="EA11">
+        <v>0</v>
+      </c>
+      <c r="EB11">
+        <v>0</v>
+      </c>
+      <c r="EC11">
+        <v>0</v>
+      </c>
+      <c r="ED11">
+        <v>0</v>
+      </c>
+      <c r="EE11">
+        <v>0</v>
       </c>
       <c r="EF11">
         <v>968</v>
       </c>
       <c r="EG11">
         <v>1.686</v>
       </c>
       <c r="EH11">
         <v>2.24</v>
       </c>
       <c r="EI11">
         <v>2.235</v>
       </c>
       <c r="EJ11">
         <v>2.17</v>
       </c>
       <c r="EK11">
         <v>2.419</v>
       </c>
       <c r="EL11">
         <v>2.518</v>
       </c>
       <c r="EM11">
         <v>2.442</v>
       </c>
       <c r="EN11">
         <v>2.433</v>
       </c>
       <c r="EO11">
         <v>2.215</v>
       </c>
       <c r="EP11">
         <v>1.998</v>
       </c>
       <c r="EQ11">
         <v>2.161</v>
       </c>
       <c r="ER11">
         <v>2.155</v>
       </c>
       <c r="ES11">
         <v>2.178</v>
       </c>
       <c r="ET11">
         <v>2.564</v>
       </c>
       <c r="EU11">
         <v>2.719</v>
       </c>
+      <c r="EV11">
+        <v>2.793</v>
+      </c>
+      <c r="EW11">
+        <v>3.182</v>
+      </c>
+      <c r="EX11">
+        <v>3.241</v>
+      </c>
+      <c r="EY11">
+        <v>3.495</v>
+      </c>
+      <c r="EZ11">
+        <v>3.622</v>
+      </c>
+      <c r="FA11">
+        <v>3.49</v>
+      </c>
     </row>
-    <row r="12" spans="1:151">
+    <row r="12" spans="1:157">
       <c r="A12" t="s">
-        <v>162</v>
+        <v>167</v>
       </c>
       <c r="B12">
         <v>76.69</v>
       </c>
       <c r="C12">
         <v>78.38</v>
       </c>
       <c r="D12">
         <v>65.113</v>
       </c>
       <c r="E12">
         <v>64.702</v>
       </c>
       <c r="F12">
         <v>65.158</v>
       </c>
       <c r="G12">
         <v>65.521</v>
       </c>
       <c r="H12">
         <v>63.095999999999997</v>
       </c>
       <c r="I12">
         <v>64.914</v>
       </c>
@@ -6314,50 +6527,68 @@
         <v>132.38399999999999</v>
       </c>
       <c r="EN12">
         <v>132.44399999999999</v>
       </c>
       <c r="EO12">
         <v>132.583</v>
       </c>
       <c r="EP12">
         <v>133.052999999999997</v>
       </c>
       <c r="EQ12">
         <v>134.261</v>
       </c>
       <c r="ER12">
         <v>134.529</v>
       </c>
       <c r="ES12">
         <v>135.18899999999999</v>
       </c>
       <c r="ET12">
         <v>135.94399999999999</v>
       </c>
       <c r="EU12">
         <v>136.328</v>
+      </c>
+      <c r="EV12">
+        <v>137.685</v>
+      </c>
+      <c r="EW12">
+        <v>137.92099999999999</v>
+      </c>
+      <c r="EX12">
+        <v>138.655</v>
+      </c>
+      <c r="EY12">
+        <v>139.232</v>
+      </c>
+      <c r="EZ12">
+        <v>139.321</v>
+      </c>
+      <c r="FA12">
+        <v>139.64699999999999</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>