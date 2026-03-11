--- v0 (2026-01-10)
+++ v1 (2026-03-11)
@@ -12,62 +12,59 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="22">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="21">
   <si>
     <t>Departamento</t>
   </si>
   <si>
     <t>Montevideo</t>
   </si>
   <si>
     <t>Artigas</t>
-  </si>
-[...1 lines deleted...]
-    <t>.</t>
   </si>
   <si>
     <t>Canelones</t>
   </si>
   <si>
     <t>Cerro Largo</t>
   </si>
   <si>
     <t>Colonia</t>
   </si>
   <si>
     <t>Durazno</t>
   </si>
   <si>
     <t>Flores</t>
   </si>
   <si>
     <t>Florida</t>
   </si>
   <si>
     <t>Lavalleja</t>
   </si>
   <si>
     <t>Maldonado</t>
   </si>
@@ -425,1106 +422,1229 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P21"/>
+  <dimension ref="A1:R21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
-    <row r="1" spans="1:16">
+    <row r="1" spans="1:18">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1">
         <v>2010</v>
       </c>
       <c r="C1">
         <v>2011</v>
       </c>
       <c r="D1">
         <v>2012</v>
       </c>
       <c r="E1">
         <v>2013</v>
       </c>
       <c r="F1">
         <v>2014</v>
       </c>
       <c r="G1">
         <v>2015</v>
       </c>
       <c r="H1">
         <v>2016</v>
       </c>
       <c r="I1">
         <v>2017</v>
       </c>
       <c r="J1">
         <v>2018</v>
       </c>
       <c r="K1">
         <v>2019</v>
       </c>
       <c r="L1">
         <v>2020</v>
       </c>
       <c r="M1">
         <v>2021</v>
       </c>
       <c r="N1">
         <v>2022</v>
       </c>
       <c r="O1">
         <v>2023</v>
       </c>
       <c r="P1">
         <v>2024</v>
       </c>
-    </row>
-    <row r="2" spans="1:16">
+      <c r="Q1">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="2" spans="1:18">
       <c r="A2" t="s">
         <v>1</v>
       </c>
       <c r="B2">
         <v>13.864</v>
       </c>
       <c r="C2">
         <v>15.019</v>
       </c>
       <c r="D2">
         <v>32.327</v>
       </c>
       <c r="E2">
         <v>44.306</v>
       </c>
       <c r="F2">
         <v>53.075000000000003</v>
       </c>
       <c r="G2">
         <v>55.496</v>
       </c>
       <c r="H2">
         <v>64.78400000000001</v>
       </c>
       <c r="I2">
         <v>80.72</v>
       </c>
       <c r="J2">
         <v>85.143</v>
       </c>
       <c r="K2">
         <v>99.471</v>
       </c>
       <c r="L2">
         <v>138.097000000000008</v>
       </c>
       <c r="M2">
         <v>157.94200000000001</v>
       </c>
       <c r="N2">
         <v>153.28700000000001</v>
       </c>
       <c r="O2">
         <v>151.60900000000001</v>
       </c>
       <c r="P2">
         <v>133.422</v>
       </c>
-    </row>
-    <row r="3" spans="1:16">
+      <c r="Q2">
+        <v>130.015999999999991</v>
+      </c>
+      <c r="R2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="3" spans="1:18">
       <c r="A3" t="s">
         <v>2</v>
       </c>
-      <c r="B3" t="s">
-        <v>3</v>
+      <c r="B3">
+        <v>0</v>
       </c>
       <c r="C3">
         <v>959</v>
       </c>
       <c r="D3">
         <v>2.172</v>
       </c>
       <c r="E3">
         <v>3.844</v>
       </c>
       <c r="F3">
         <v>7.75</v>
       </c>
       <c r="G3">
         <v>11.378</v>
       </c>
       <c r="H3">
         <v>14.318</v>
       </c>
       <c r="I3">
         <v>7.881</v>
       </c>
       <c r="J3">
         <v>5.906</v>
       </c>
       <c r="K3">
         <v>9.197</v>
       </c>
       <c r="L3">
         <v>17.082999999999998</v>
       </c>
       <c r="M3">
         <v>14.441</v>
       </c>
       <c r="N3">
         <v>11.84</v>
       </c>
       <c r="O3">
         <v>13.47</v>
       </c>
       <c r="P3">
         <v>11.83</v>
       </c>
-    </row>
-    <row r="4" spans="1:16">
+      <c r="Q3">
+        <v>10.163</v>
+      </c>
+      <c r="R3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="4" spans="1:18">
       <c r="A4" t="s">
-        <v>4</v>
-[...1 lines deleted...]
-      <c r="B4" t="s">
         <v>3</v>
+      </c>
+      <c r="B4">
+        <v>0</v>
       </c>
       <c r="C4">
         <v>368</v>
       </c>
       <c r="D4">
         <v>1.647</v>
       </c>
       <c r="E4">
         <v>14.855</v>
       </c>
       <c r="F4">
         <v>25.274</v>
       </c>
       <c r="G4">
         <v>30.435</v>
       </c>
       <c r="H4">
         <v>34.356</v>
       </c>
       <c r="I4">
         <v>43.188</v>
       </c>
       <c r="J4">
         <v>41.143</v>
       </c>
       <c r="K4">
         <v>43.697</v>
       </c>
       <c r="L4">
         <v>67.354</v>
       </c>
       <c r="M4">
         <v>92.761</v>
       </c>
       <c r="N4">
         <v>68.173</v>
       </c>
       <c r="O4">
         <v>64.14400000000001</v>
       </c>
       <c r="P4">
         <v>58.095999999999997</v>
       </c>
-    </row>
-    <row r="5" spans="1:16">
+      <c r="Q4">
+        <v>55.215</v>
+      </c>
+      <c r="R4">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="5" spans="1:18">
       <c r="A5" t="s">
-        <v>5</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>4</v>
+      </c>
+      <c r="B5">
+        <v>0</v>
       </c>
       <c r="C5">
         <v>7</v>
       </c>
       <c r="D5">
         <v>42</v>
       </c>
       <c r="E5">
         <v>3.413</v>
       </c>
       <c r="F5">
         <v>6.331</v>
       </c>
       <c r="G5">
         <v>7.728</v>
       </c>
       <c r="H5">
         <v>12.090999999999999</v>
       </c>
       <c r="I5">
         <v>11.409</v>
       </c>
       <c r="J5">
         <v>11.807</v>
       </c>
       <c r="K5">
         <v>11.117</v>
       </c>
       <c r="L5">
         <v>22.576</v>
       </c>
       <c r="M5">
         <v>26.426</v>
       </c>
       <c r="N5">
         <v>16.263</v>
       </c>
       <c r="O5">
         <v>14.619</v>
       </c>
       <c r="P5">
         <v>14.436</v>
       </c>
-    </row>
-    <row r="6" spans="1:16">
+      <c r="Q5">
+        <v>15.81</v>
+      </c>
+      <c r="R5">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="6" spans="1:18">
       <c r="A6" t="s">
-        <v>6</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>5</v>
+      </c>
+      <c r="B6">
+        <v>0</v>
       </c>
       <c r="C6">
         <v>142</v>
       </c>
       <c r="D6">
         <v>639</v>
       </c>
       <c r="E6">
         <v>2.79</v>
       </c>
       <c r="F6">
         <v>4.733</v>
       </c>
       <c r="G6">
         <v>5.294</v>
       </c>
       <c r="H6">
         <v>6.414</v>
       </c>
       <c r="I6">
         <v>6.831</v>
       </c>
       <c r="J6">
         <v>7.815</v>
       </c>
       <c r="K6">
         <v>9.211</v>
       </c>
       <c r="L6">
         <v>19.175</v>
       </c>
       <c r="M6">
         <v>20.634</v>
       </c>
       <c r="N6">
         <v>18.519</v>
       </c>
       <c r="O6">
         <v>16.951</v>
       </c>
       <c r="P6">
         <v>19.488</v>
       </c>
-    </row>
-    <row r="7" spans="1:16">
+      <c r="Q6">
+        <v>19.591</v>
+      </c>
+      <c r="R6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="7" spans="1:18">
       <c r="A7" t="s">
-        <v>7</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>6</v>
+      </c>
+      <c r="B7">
+        <v>0</v>
       </c>
       <c r="C7">
         <v>593</v>
       </c>
       <c r="D7">
         <v>1.644</v>
       </c>
       <c r="E7">
         <v>2.445</v>
       </c>
       <c r="F7">
         <v>2.697</v>
       </c>
       <c r="G7">
         <v>2.413</v>
       </c>
       <c r="H7">
         <v>1.709</v>
       </c>
       <c r="I7">
         <v>1.815</v>
       </c>
       <c r="J7">
         <v>2.301</v>
       </c>
       <c r="K7">
         <v>2.714</v>
       </c>
       <c r="L7">
         <v>11.038</v>
       </c>
       <c r="M7">
         <v>15.161</v>
       </c>
       <c r="N7">
         <v>8.039</v>
       </c>
       <c r="O7">
         <v>6.672</v>
       </c>
       <c r="P7">
         <v>7.338</v>
       </c>
-    </row>
-    <row r="8" spans="1:16">
+      <c r="Q7">
+        <v>6.892</v>
+      </c>
+      <c r="R7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="8" spans="1:18">
       <c r="A8" t="s">
-        <v>8</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>7</v>
+      </c>
+      <c r="B8">
+        <v>0</v>
       </c>
       <c r="C8">
         <v>62</v>
       </c>
       <c r="D8">
         <v>493</v>
       </c>
       <c r="E8">
         <v>2.0089999999999999</v>
       </c>
       <c r="F8">
         <v>3.466</v>
       </c>
       <c r="G8">
         <v>3.624</v>
       </c>
       <c r="H8">
         <v>3.225</v>
       </c>
       <c r="I8">
         <v>3.012</v>
       </c>
       <c r="J8">
         <v>3.144</v>
       </c>
       <c r="K8">
         <v>3.391</v>
       </c>
       <c r="L8">
         <v>4.644</v>
       </c>
       <c r="M8">
         <v>5.039</v>
       </c>
       <c r="N8">
         <v>3.836</v>
       </c>
       <c r="O8">
         <v>4.098</v>
       </c>
       <c r="P8">
         <v>4.351</v>
       </c>
-    </row>
-    <row r="9" spans="1:16">
+      <c r="Q8">
+        <v>3.92</v>
+      </c>
+      <c r="R8">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="9" spans="1:18">
       <c r="A9" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>8</v>
+      </c>
+      <c r="B9">
+        <v>0</v>
       </c>
       <c r="C9">
         <v>166</v>
       </c>
       <c r="D9">
         <v>317</v>
       </c>
       <c r="E9">
         <v>2.093</v>
       </c>
       <c r="F9">
         <v>3.061</v>
       </c>
       <c r="G9">
         <v>3.859</v>
       </c>
       <c r="H9">
         <v>2.52</v>
       </c>
       <c r="I9">
         <v>3.808</v>
       </c>
       <c r="J9">
         <v>4.159</v>
       </c>
       <c r="K9">
         <v>4.239</v>
       </c>
       <c r="L9">
         <v>3.955</v>
       </c>
       <c r="M9">
         <v>6.129</v>
       </c>
       <c r="N9">
         <v>4.707</v>
       </c>
       <c r="O9">
         <v>4.541</v>
       </c>
       <c r="P9">
         <v>5.16</v>
       </c>
-    </row>
-    <row r="10" spans="1:16">
+      <c r="Q9">
+        <v>5.541</v>
+      </c>
+      <c r="R9">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="10" spans="1:18">
       <c r="A10" t="s">
-        <v>10</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>9</v>
+      </c>
+      <c r="B10">
+        <v>0</v>
       </c>
       <c r="C10">
         <v>183</v>
       </c>
       <c r="D10">
         <v>970</v>
       </c>
       <c r="E10">
         <v>2.056</v>
       </c>
       <c r="F10">
         <v>4.509</v>
       </c>
       <c r="G10">
         <v>4.622</v>
       </c>
       <c r="H10">
         <v>5.532</v>
       </c>
       <c r="I10">
         <v>4.488</v>
       </c>
       <c r="J10">
         <v>6.519</v>
       </c>
       <c r="K10">
         <v>7.265</v>
       </c>
       <c r="L10">
         <v>8.719</v>
       </c>
       <c r="M10">
         <v>11.779</v>
       </c>
       <c r="N10">
         <v>10.039999999999999</v>
       </c>
       <c r="O10">
         <v>9.67</v>
       </c>
       <c r="P10">
         <v>10.269</v>
       </c>
-    </row>
-    <row r="11" spans="1:16">
+      <c r="Q10">
+        <v>10.841</v>
+      </c>
+      <c r="R10">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="11" spans="1:18">
       <c r="A11" t="s">
-        <v>11</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>10</v>
+      </c>
+      <c r="B11">
+        <v>0</v>
       </c>
       <c r="C11">
         <v>292</v>
       </c>
       <c r="D11">
         <v>2.584</v>
       </c>
       <c r="E11">
         <v>6.435</v>
       </c>
       <c r="F11">
         <v>9.743</v>
       </c>
       <c r="G11">
         <v>9.406</v>
       </c>
       <c r="H11">
         <v>8.748</v>
       </c>
       <c r="I11">
         <v>9.093</v>
       </c>
       <c r="J11">
         <v>11.151</v>
       </c>
       <c r="K11">
         <v>16.806</v>
       </c>
       <c r="L11">
         <v>34.803</v>
       </c>
       <c r="M11">
         <v>42.417</v>
       </c>
       <c r="N11">
         <v>23.762</v>
       </c>
       <c r="O11">
         <v>20.029</v>
       </c>
       <c r="P11">
         <v>20.917</v>
       </c>
-    </row>
-    <row r="12" spans="1:16">
+      <c r="Q11">
+        <v>19.255</v>
+      </c>
+      <c r="R11">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="12" spans="1:18">
       <c r="A12" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>11</v>
+      </c>
+      <c r="B12">
+        <v>0</v>
       </c>
       <c r="C12">
         <v>10</v>
       </c>
       <c r="D12">
         <v>454</v>
       </c>
       <c r="E12">
         <v>3.334</v>
       </c>
       <c r="F12">
         <v>5.117</v>
       </c>
       <c r="G12">
         <v>8.468</v>
       </c>
       <c r="H12">
         <v>7.727</v>
       </c>
       <c r="I12">
         <v>10.039999999999999</v>
       </c>
       <c r="J12">
         <v>11.307</v>
       </c>
       <c r="K12">
         <v>12.319</v>
       </c>
       <c r="L12">
         <v>23.697</v>
       </c>
       <c r="M12">
         <v>23.604</v>
       </c>
       <c r="N12">
         <v>19.76</v>
       </c>
       <c r="O12">
         <v>16.148</v>
       </c>
       <c r="P12">
         <v>14.068</v>
       </c>
-    </row>
-    <row r="13" spans="1:16">
+      <c r="Q12">
+        <v>13.291</v>
+      </c>
+      <c r="R12">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="13" spans="1:18">
       <c r="A13" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>12</v>
+      </c>
+      <c r="B13">
+        <v>0</v>
       </c>
       <c r="C13">
         <v>50</v>
       </c>
       <c r="D13">
         <v>558</v>
       </c>
       <c r="E13">
         <v>3.58</v>
       </c>
       <c r="F13">
         <v>6.743</v>
       </c>
       <c r="G13">
         <v>7.643</v>
       </c>
       <c r="H13">
         <v>7.986</v>
       </c>
       <c r="I13">
         <v>7.821</v>
       </c>
       <c r="J13">
         <v>9.044</v>
       </c>
       <c r="K13">
         <v>9.625</v>
       </c>
       <c r="L13">
         <v>14.134</v>
       </c>
       <c r="M13">
         <v>22.518</v>
       </c>
       <c r="N13">
         <v>18.235</v>
       </c>
       <c r="O13">
         <v>18.554</v>
       </c>
       <c r="P13">
         <v>17.625</v>
       </c>
-    </row>
-    <row r="14" spans="1:16">
+      <c r="Q13">
+        <v>11.893</v>
+      </c>
+      <c r="R13">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="14" spans="1:18">
       <c r="A14" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>13</v>
+      </c>
+      <c r="B14">
+        <v>0</v>
       </c>
       <c r="C14">
         <v>869</v>
       </c>
       <c r="D14">
         <v>3.294</v>
       </c>
       <c r="E14">
         <v>7.412</v>
       </c>
       <c r="F14">
         <v>10.274</v>
       </c>
       <c r="G14">
         <v>11.499</v>
       </c>
       <c r="H14">
         <v>11.649</v>
       </c>
       <c r="I14">
         <v>11.763</v>
       </c>
       <c r="J14">
         <v>11.336</v>
       </c>
       <c r="K14">
         <v>9.732</v>
       </c>
       <c r="L14">
         <v>14.577</v>
       </c>
       <c r="M14">
         <v>28.929</v>
       </c>
       <c r="N14">
         <v>26.52</v>
       </c>
       <c r="O14">
         <v>27.322</v>
       </c>
       <c r="P14">
         <v>28.193</v>
       </c>
-    </row>
-    <row r="15" spans="1:16">
+      <c r="Q14">
+        <v>26.982</v>
+      </c>
+      <c r="R14">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="15" spans="1:18">
       <c r="A15" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>14</v>
+      </c>
+      <c r="B15">
+        <v>0</v>
       </c>
       <c r="C15">
         <v>426</v>
       </c>
       <c r="D15">
         <v>1.389</v>
       </c>
       <c r="E15">
         <v>2.666</v>
       </c>
       <c r="F15">
         <v>3.451</v>
       </c>
       <c r="G15">
         <v>3.918</v>
       </c>
       <c r="H15">
         <v>2.901</v>
       </c>
       <c r="I15">
         <v>2.702</v>
       </c>
       <c r="J15">
         <v>2.985</v>
       </c>
       <c r="K15">
         <v>5.571</v>
       </c>
       <c r="L15">
         <v>8.722</v>
       </c>
       <c r="M15">
         <v>11.628</v>
       </c>
       <c r="N15">
         <v>11.363</v>
       </c>
       <c r="O15">
         <v>10.663</v>
       </c>
       <c r="P15">
         <v>8.743</v>
       </c>
-    </row>
-    <row r="16" spans="1:16">
+      <c r="Q15">
+        <v>8.096</v>
+      </c>
+      <c r="R15">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="16" spans="1:18">
       <c r="A16" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>15</v>
+      </c>
+      <c r="B16">
+        <v>0</v>
       </c>
       <c r="C16">
         <v>214</v>
       </c>
       <c r="D16">
         <v>910</v>
       </c>
       <c r="E16">
         <v>4.234</v>
       </c>
       <c r="F16">
         <v>10.8</v>
       </c>
       <c r="G16">
         <v>13.993</v>
       </c>
       <c r="H16">
         <v>16.157</v>
       </c>
       <c r="I16">
         <v>15.849</v>
       </c>
       <c r="J16">
         <v>15.016999999999999</v>
       </c>
       <c r="K16">
         <v>14.394</v>
       </c>
       <c r="L16">
         <v>20.234</v>
       </c>
       <c r="M16">
         <v>24.746</v>
       </c>
       <c r="N16">
         <v>24.315</v>
       </c>
       <c r="O16">
         <v>22.993</v>
       </c>
       <c r="P16">
         <v>24.904</v>
       </c>
-    </row>
-    <row r="17" spans="1:16">
+      <c r="Q16">
+        <v>22.906</v>
+      </c>
+      <c r="R16">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="17" spans="1:18">
       <c r="A17" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>16</v>
+      </c>
+      <c r="B17">
+        <v>0</v>
       </c>
       <c r="C17">
         <v>2.425</v>
       </c>
       <c r="D17">
         <v>5.29</v>
       </c>
       <c r="E17">
         <v>7.21</v>
       </c>
       <c r="F17">
         <v>10.333</v>
       </c>
       <c r="G17">
         <v>13.227</v>
       </c>
       <c r="H17">
         <v>14.93</v>
       </c>
       <c r="I17">
         <v>17.096</v>
       </c>
       <c r="J17">
         <v>20.030000000000001</v>
       </c>
       <c r="K17">
         <v>19.14</v>
       </c>
       <c r="L17">
         <v>26.446</v>
       </c>
       <c r="M17">
         <v>24.269</v>
       </c>
       <c r="N17">
         <v>19.578</v>
       </c>
       <c r="O17">
         <v>17.51</v>
       </c>
       <c r="P17">
         <v>17.794</v>
       </c>
-    </row>
-    <row r="18" spans="1:16">
+      <c r="Q17">
+        <v>14.123</v>
+      </c>
+      <c r="R17">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="18" spans="1:18">
       <c r="A18" t="s">
-        <v>18</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>17</v>
+      </c>
+      <c r="B18">
+        <v>0</v>
       </c>
       <c r="C18">
         <v>315</v>
       </c>
       <c r="D18">
         <v>1.467</v>
       </c>
       <c r="E18">
         <v>2.792</v>
       </c>
       <c r="F18">
         <v>7.755</v>
       </c>
       <c r="G18">
         <v>9.293</v>
       </c>
       <c r="H18">
         <v>11.058999999999999</v>
       </c>
       <c r="I18">
         <v>11.36</v>
       </c>
       <c r="J18">
         <v>12.164</v>
       </c>
       <c r="K18">
         <v>13.436</v>
       </c>
       <c r="L18">
         <v>22.835</v>
       </c>
       <c r="M18">
         <v>19.733</v>
       </c>
       <c r="N18">
         <v>16.755</v>
       </c>
       <c r="O18">
         <v>14.298</v>
       </c>
       <c r="P18">
         <v>13.509</v>
       </c>
-    </row>
-    <row r="19" spans="1:16">
+      <c r="Q18">
+        <v>13.484</v>
+      </c>
+      <c r="R18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="19" spans="1:18">
       <c r="A19" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>18</v>
+      </c>
+      <c r="B19">
+        <v>0</v>
       </c>
       <c r="C19">
         <v>272</v>
       </c>
       <c r="D19">
         <v>310</v>
       </c>
       <c r="E19">
         <v>3.204</v>
       </c>
       <c r="F19">
         <v>7.869</v>
       </c>
       <c r="G19">
         <v>10.974</v>
       </c>
       <c r="H19">
         <v>8.591</v>
       </c>
       <c r="I19">
         <v>10.089</v>
       </c>
       <c r="J19">
         <v>11.309</v>
       </c>
       <c r="K19">
         <v>12.983</v>
       </c>
       <c r="L19">
         <v>19.792</v>
       </c>
       <c r="M19">
         <v>20.853</v>
       </c>
       <c r="N19">
         <v>15.834</v>
       </c>
       <c r="O19">
         <v>16.039000000000001</v>
       </c>
       <c r="P19">
         <v>15.234</v>
       </c>
-    </row>
-    <row r="20" spans="1:16">
+      <c r="Q19">
+        <v>14.073</v>
+      </c>
+      <c r="R19">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="20" spans="1:18">
       <c r="A20" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>19</v>
+      </c>
+      <c r="B20">
+        <v>0</v>
       </c>
       <c r="C20">
         <v>489</v>
       </c>
       <c r="D20">
         <v>971</v>
       </c>
       <c r="E20">
         <v>2.461</v>
       </c>
       <c r="F20">
         <v>3.135</v>
       </c>
       <c r="G20">
         <v>2.941</v>
       </c>
       <c r="H20">
         <v>2.903</v>
       </c>
       <c r="I20">
         <v>5.168</v>
       </c>
       <c r="J20">
         <v>4.798</v>
       </c>
       <c r="K20">
         <v>4.539</v>
       </c>
       <c r="L20">
         <v>3.66</v>
       </c>
       <c r="M20">
         <v>4.356</v>
       </c>
       <c r="N20">
         <v>7.079</v>
       </c>
       <c r="O20">
         <v>8.437</v>
       </c>
       <c r="P20">
         <v>8.125</v>
       </c>
-    </row>
-    <row r="21" spans="1:16">
+      <c r="Q20">
+        <v>6.066</v>
+      </c>
+      <c r="R20">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="21" spans="1:18">
       <c r="A21" t="s">
-        <v>21</v>
-[...5 lines deleted...]
-        <v>3</v>
+        <v>20</v>
+      </c>
+      <c r="B21">
+        <v>0</v>
+      </c>
+      <c r="C21">
+        <v>0</v>
       </c>
       <c r="D21">
         <v>16.502</v>
       </c>
       <c r="E21">
         <v>25.76</v>
       </c>
       <c r="F21">
         <v>28.803</v>
       </c>
       <c r="G21">
         <v>38.9</v>
       </c>
       <c r="H21">
         <v>40.889</v>
       </c>
       <c r="I21">
         <v>42.473</v>
       </c>
       <c r="J21">
         <v>32.0080000000000027</v>
       </c>
       <c r="K21">
         <v>42.208</v>
       </c>
       <c r="L21">
         <v>59.264</v>
       </c>
       <c r="M21">
         <v>37.965</v>
       </c>
       <c r="N21">
         <v>30.914</v>
       </c>
       <c r="O21">
         <v>27.891</v>
       </c>
       <c r="P21">
         <v>32.466</v>
+      </c>
+      <c r="Q21">
+        <v>32.742</v>
+      </c>
+      <c r="R21">
+        <v>0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>