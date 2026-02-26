--- v0 (2025-12-27)
+++ v1 (2026-02-26)
@@ -368,107 +368,116 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:E3"/>
+  <dimension ref="A1:F3"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
-    <row r="1" spans="1:5">
+    <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1">
         <v>2021</v>
       </c>
       <c r="C1">
         <v>2022</v>
       </c>
       <c r="D1">
         <v>2023</v>
       </c>
       <c r="E1">
         <v>2024</v>
       </c>
+      <c r="F1">
+        <v>2025</v>
+      </c>
     </row>
-    <row r="2" spans="1:5">
+    <row r="2" spans="1:6">
       <c r="A2" t="s">
         <v>1</v>
       </c>
       <c r="B2">
         <v>2.052</v>
       </c>
       <c r="C2">
         <v>1.646</v>
       </c>
       <c r="D2">
         <v>1.601</v>
       </c>
       <c r="E2">
-        <v>1.994</v>
+        <v>1.448</v>
+      </c>
+      <c r="F2">
+        <v>1.252</v>
       </c>
     </row>
-    <row r="3" spans="1:5">
+    <row r="3" spans="1:6">
       <c r="A3" t="s">
         <v>2</v>
       </c>
       <c r="B3">
         <v>8.461</v>
       </c>
       <c r="C3">
         <v>6.731</v>
       </c>
       <c r="D3">
         <v>6.34</v>
       </c>
       <c r="E3">
-        <v>6.342</v>
+        <v>5.674</v>
+      </c>
+      <c r="F3">
+        <v>4.786</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>