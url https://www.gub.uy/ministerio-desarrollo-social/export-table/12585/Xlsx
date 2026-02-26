--- v0 (2025-12-27)
+++ v1 (2026-02-26)
@@ -425,298 +425,364 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C22"/>
+  <dimension ref="A1:D22"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
-    <row r="1" spans="1:3">
+    <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1">
         <v>2023</v>
       </c>
       <c r="C1">
         <v>2024</v>
       </c>
-    </row>
-    <row r="2" spans="1:3">
+      <c r="D1">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>1</v>
       </c>
       <c r="B2">
         <v>44</v>
       </c>
       <c r="C2">
         <v>52</v>
       </c>
-    </row>
-    <row r="3" spans="1:3">
+      <c r="D2">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>2</v>
       </c>
       <c r="B3">
         <v>334</v>
       </c>
       <c r="C3">
         <v>312</v>
       </c>
-    </row>
-    <row r="4" spans="1:3">
+      <c r="D3">
+        <v>282</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>3</v>
       </c>
       <c r="B4">
         <v>46</v>
       </c>
       <c r="C4">
         <v>37</v>
       </c>
-    </row>
-    <row r="5" spans="1:3">
+      <c r="D4">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>4</v>
       </c>
       <c r="B5">
         <v>81</v>
       </c>
       <c r="C5">
         <v>79</v>
       </c>
-    </row>
-    <row r="6" spans="1:3">
+      <c r="D5">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>5</v>
       </c>
       <c r="B6">
         <v>32</v>
       </c>
       <c r="C6">
         <v>34</v>
       </c>
-    </row>
-    <row r="7" spans="1:3">
+      <c r="D6">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>6</v>
       </c>
       <c r="B7">
         <v>26</v>
       </c>
       <c r="C7">
         <v>21</v>
       </c>
-    </row>
-    <row r="8" spans="1:3">
+      <c r="D7">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>7</v>
       </c>
       <c r="B8">
         <v>17</v>
       </c>
       <c r="C8">
         <v>10</v>
       </c>
-    </row>
-    <row r="9" spans="1:3">
+      <c r="D8">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>8</v>
       </c>
       <c r="B9">
         <v>18</v>
       </c>
       <c r="C9">
         <v>22</v>
       </c>
-    </row>
-    <row r="10" spans="1:3">
+      <c r="D9">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>9</v>
       </c>
       <c r="B10">
         <v>94</v>
       </c>
       <c r="C10">
         <v>82</v>
       </c>
-    </row>
-    <row r="11" spans="1:3">
+      <c r="D10">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>10</v>
       </c>
       <c r="B11">
         <v>420</v>
       </c>
       <c r="C11">
         <v>408</v>
       </c>
-    </row>
-    <row r="12" spans="1:3">
+      <c r="D11">
+        <v>344</v>
+      </c>
+    </row>
+    <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>11</v>
       </c>
       <c r="B12">
         <v>82</v>
       </c>
       <c r="C12">
         <v>68</v>
       </c>
-    </row>
-    <row r="13" spans="1:3">
+      <c r="D12">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>12</v>
       </c>
       <c r="B13">
         <v>43</v>
       </c>
       <c r="C13">
         <v>35</v>
       </c>
-    </row>
-    <row r="14" spans="1:3">
+      <c r="D13">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>13</v>
       </c>
       <c r="B14">
         <v>65</v>
       </c>
       <c r="C14">
         <v>46</v>
       </c>
-    </row>
-    <row r="15" spans="1:3">
+      <c r="D14">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>14</v>
       </c>
       <c r="B15">
         <v>32</v>
       </c>
       <c r="C15">
         <v>29</v>
       </c>
-    </row>
-    <row r="16" spans="1:3">
+      <c r="D15">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>15</v>
       </c>
       <c r="B16">
         <v>68</v>
       </c>
       <c r="C16">
         <v>59</v>
       </c>
-    </row>
-    <row r="17" spans="1:3">
+      <c r="D16">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>16</v>
       </c>
       <c r="B17">
         <v>84</v>
       </c>
       <c r="C17">
         <v>77</v>
       </c>
-    </row>
-    <row r="18" spans="1:3">
+      <c r="D17">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>17</v>
       </c>
       <c r="B18">
         <v>40</v>
       </c>
       <c r="C18">
         <v>31</v>
       </c>
-    </row>
-    <row r="19" spans="1:3">
+      <c r="D18">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>18</v>
       </c>
       <c r="B19">
         <v>54</v>
       </c>
       <c r="C19">
         <v>39</v>
       </c>
-    </row>
-    <row r="20" spans="1:3">
+      <c r="D19">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>19</v>
       </c>
       <c r="B20">
         <v>21</v>
       </c>
       <c r="C20">
         <v>7</v>
       </c>
-    </row>
-    <row r="21" spans="1:3">
+      <c r="D20">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>20</v>
       </c>
       <c r="B21">
         <v>0</v>
       </c>
       <c r="C21">
         <v>0</v>
       </c>
-    </row>
-    <row r="22" spans="1:3">
+      <c r="D21">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>21</v>
       </c>
       <c r="B22">
         <v>1.601</v>
       </c>
       <c r="C22">
         <v>1.448</v>
+      </c>
+      <c r="D22">
+        <v>1.252</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>