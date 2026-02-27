--- v0 (2025-12-28)
+++ v1 (2026-02-27)
@@ -383,264 +383,288 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H8"/>
+  <dimension ref="A1:I8"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
-    <row r="1" spans="1:8">
+    <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1">
         <v>2018</v>
       </c>
       <c r="C1">
         <v>2019</v>
       </c>
       <c r="D1">
         <v>2020</v>
       </c>
       <c r="E1">
         <v>2021</v>
       </c>
       <c r="F1">
         <v>2022</v>
       </c>
       <c r="G1">
         <v>2023</v>
       </c>
       <c r="H1">
         <v>2024</v>
       </c>
-    </row>
-    <row r="2" spans="1:8">
+      <c r="I1">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="2" spans="1:9">
       <c r="A2" t="s">
         <v>1</v>
       </c>
       <c r="B2">
         <v>3.489</v>
       </c>
       <c r="C2">
         <v>2.886</v>
       </c>
       <c r="D2">
         <v>1.65</v>
       </c>
       <c r="E2">
         <v>1.377</v>
       </c>
       <c r="F2">
         <v>1.087</v>
       </c>
       <c r="G2">
         <v>1.768</v>
       </c>
       <c r="H2">
-        <v>2.134</v>
-[...2 lines deleted...]
-    <row r="3" spans="1:8">
+        <v>1.925</v>
+      </c>
+      <c r="I2">
+        <v>2.091</v>
+      </c>
+    </row>
+    <row r="3" spans="1:9">
       <c r="A3" t="s">
         <v>2</v>
       </c>
       <c r="B3">
         <v>3.727</v>
       </c>
       <c r="C3">
         <v>2.863</v>
       </c>
       <c r="D3">
         <v>1.704</v>
       </c>
       <c r="E3">
         <v>1.361</v>
       </c>
       <c r="F3">
         <v>1.293</v>
       </c>
       <c r="G3">
         <v>1.527</v>
       </c>
       <c r="H3">
-        <v>1.876</v>
-[...2 lines deleted...]
-    <row r="4" spans="1:8">
+        <v>1.718</v>
+      </c>
+      <c r="I3">
+        <v>1.759</v>
+      </c>
+    </row>
+    <row r="4" spans="1:9">
       <c r="A4" t="s">
         <v>3</v>
       </c>
       <c r="B4">
         <v>48</v>
       </c>
       <c r="C4">
         <v>40</v>
       </c>
       <c r="D4">
         <v>19</v>
       </c>
       <c r="E4">
         <v>10</v>
       </c>
       <c r="F4">
         <v>7</v>
       </c>
       <c r="G4">
         <v>12</v>
       </c>
       <c r="H4">
-        <v>0</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:8">
+        <v>5</v>
+      </c>
+      <c r="I4">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="5" spans="1:9">
       <c r="A5" t="s">
         <v>4</v>
       </c>
       <c r="B5">
         <v>10</v>
       </c>
       <c r="C5">
         <v>9</v>
       </c>
       <c r="D5">
         <v>2</v>
       </c>
       <c r="E5">
         <v>1</v>
       </c>
       <c r="F5">
         <v>0</v>
       </c>
       <c r="G5">
         <v>2</v>
       </c>
       <c r="H5">
-        <v>0</v>
-[...2 lines deleted...]
-    <row r="6" spans="1:8">
+        <v>4</v>
+      </c>
+      <c r="I5">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="6" spans="1:9">
       <c r="A6" t="s">
         <v>5</v>
       </c>
       <c r="B6">
         <v>0</v>
       </c>
       <c r="C6">
         <v>4</v>
       </c>
       <c r="D6">
         <v>0</v>
       </c>
       <c r="E6">
         <v>0</v>
       </c>
       <c r="F6">
         <v>0</v>
       </c>
       <c r="G6">
         <v>0</v>
       </c>
       <c r="H6">
-        <v>0</v>
-[...2 lines deleted...]
-    <row r="7" spans="1:8">
+        <v>129</v>
+      </c>
+      <c r="I6">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="7" spans="1:9">
       <c r="A7" t="s">
         <v>6</v>
       </c>
       <c r="B7">
         <v>5</v>
       </c>
       <c r="C7">
         <v>16</v>
       </c>
       <c r="D7">
         <v>12</v>
       </c>
       <c r="E7">
         <v>9</v>
       </c>
       <c r="F7">
         <v>9</v>
       </c>
       <c r="G7">
         <v>17</v>
       </c>
       <c r="H7">
-        <v>0</v>
-[...2 lines deleted...]
-    <row r="8" spans="1:8">
+        <v>227</v>
+      </c>
+      <c r="I7">
+        <v>264</v>
+      </c>
+    </row>
+    <row r="8" spans="1:9">
       <c r="A8" t="s">
         <v>7</v>
       </c>
       <c r="B8">
         <v>7.279</v>
       </c>
       <c r="C8">
         <v>5.818</v>
       </c>
       <c r="D8">
         <v>3.387</v>
       </c>
       <c r="E8">
         <v>2.758</v>
       </c>
       <c r="F8">
         <v>2.396</v>
       </c>
       <c r="G8">
         <v>3.326</v>
       </c>
       <c r="H8">
-        <v>4.0099999999999998</v>
+        <v>4.008</v>
+      </c>
+      <c r="I8">
+        <v>4.249</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>