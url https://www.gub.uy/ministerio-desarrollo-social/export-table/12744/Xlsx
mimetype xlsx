--- v0 (2025-12-28)
+++ v1 (2026-02-27)
@@ -12,91 +12,94 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="76">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="80">
   <si>
     <t>Pais de origen</t>
   </si>
   <si>
     <t>Albania</t>
   </si>
   <si>
     <t>Alemania</t>
   </si>
   <si>
     <t>Angola</t>
   </si>
   <si>
     <t>Argentina</t>
   </si>
   <si>
     <t>Australia</t>
   </si>
   <si>
     <t>Bélgica</t>
   </si>
   <si>
     <t>Benin</t>
   </si>
   <si>
     <t>Bolivia</t>
   </si>
   <si>
     <t>Bosnia y Herzegovina</t>
   </si>
   <si>
     <t>Brasil</t>
   </si>
   <si>
     <t>Bulgaria</t>
   </si>
   <si>
     <t>Cabo Verde</t>
   </si>
   <si>
+    <t>Camboya</t>
+  </si>
+  <si>
     <t>Camerún</t>
   </si>
   <si>
     <t>Canadá</t>
   </si>
   <si>
     <t>Chile</t>
   </si>
   <si>
     <t>China</t>
   </si>
   <si>
     <t>Colombia</t>
   </si>
   <si>
     <t>Congo</t>
   </si>
   <si>
     <t>Costa Rica</t>
   </si>
   <si>
     <t>Croacia</t>
   </si>
   <si>
     <t>Cuba</t>
@@ -116,74 +119,80 @@
   <si>
     <t>España</t>
   </si>
   <si>
     <t>Estados Unidos</t>
   </si>
   <si>
     <t>Estonia</t>
   </si>
   <si>
     <t>Filipinas</t>
   </si>
   <si>
     <t>Finlandia</t>
   </si>
   <si>
     <t>Francia</t>
   </si>
   <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>Guatemala</t>
   </si>
   <si>
+    <t>Guyana Francesa</t>
+  </si>
+  <si>
     <t>Guinea</t>
   </si>
   <si>
     <t>Haití</t>
   </si>
   <si>
     <t>Honduras</t>
   </si>
   <si>
     <t>Hungría</t>
   </si>
   <si>
     <t>India</t>
   </si>
   <si>
     <t>Indonesia</t>
   </si>
   <si>
     <t>Irán</t>
   </si>
   <si>
     <t>Italia</t>
   </si>
   <si>
+    <t>Jamaica</t>
+  </si>
+  <si>
     <t>Libano</t>
   </si>
   <si>
     <t>Liberia</t>
   </si>
   <si>
     <t>Libia</t>
   </si>
   <si>
     <t>Lituania</t>
   </si>
   <si>
     <t>Macedonia</t>
   </si>
   <si>
     <t>Marruecos</t>
   </si>
   <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>Mozambique</t>
   </si>
   <si>
     <t>Nicaragua</t>
@@ -198,50 +207,53 @@
     <t>Pakistán</t>
   </si>
   <si>
     <t>Panamá</t>
   </si>
   <si>
     <t>Paraguay</t>
   </si>
   <si>
     <t>Perú</t>
   </si>
   <si>
     <t>Polonia</t>
   </si>
   <si>
     <t>Puerto Rico</t>
   </si>
   <si>
     <t>Reino Unido</t>
   </si>
   <si>
     <t>República Dominicana</t>
   </si>
   <si>
     <t>Rusia</t>
+  </si>
+  <si>
+    <t>San Cristobal y Nieves</t>
   </si>
   <si>
     <t>Senegal</t>
   </si>
   <si>
     <t>Siria</t>
   </si>
   <si>
     <t>Sudáfrica</t>
   </si>
   <si>
     <t>Suecia</t>
   </si>
   <si>
     <t>Surinam</t>
   </si>
   <si>
     <t>Tanzania</t>
   </si>
   <si>
     <t>Túnez</t>
   </si>
   <si>
     <t>Turquía</t>
   </si>
@@ -587,1348 +599,1656 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:E76"/>
+  <dimension ref="A1:F80"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
-    <row r="1" spans="1:5">
+    <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1">
         <v>2021</v>
       </c>
       <c r="C1">
         <v>2022</v>
       </c>
       <c r="D1">
         <v>2023</v>
       </c>
       <c r="E1">
         <v>2024</v>
       </c>
-    </row>
-    <row r="2" spans="1:5">
+      <c r="F1">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="2" spans="1:6">
       <c r="A2" t="s">
         <v>1</v>
       </c>
       <c r="B2">
         <v>0</v>
       </c>
       <c r="C2">
         <v>0</v>
       </c>
       <c r="D2">
         <v>0</v>
       </c>
       <c r="E2">
         <v>1</v>
       </c>
-    </row>
-    <row r="3" spans="1:5">
+      <c r="F2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="3" spans="1:6">
       <c r="A3" t="s">
         <v>2</v>
       </c>
       <c r="B3">
         <v>3</v>
       </c>
       <c r="C3">
         <v>6</v>
       </c>
       <c r="D3">
         <v>3</v>
       </c>
       <c r="E3">
         <v>2</v>
       </c>
-    </row>
-    <row r="4" spans="1:5">
+      <c r="F3">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="4" spans="1:6">
       <c r="A4" t="s">
         <v>3</v>
       </c>
       <c r="B4">
         <v>2</v>
       </c>
       <c r="C4">
         <v>2</v>
       </c>
       <c r="D4">
         <v>3</v>
       </c>
       <c r="E4">
         <v>2</v>
       </c>
-    </row>
-    <row r="5" spans="1:5">
+      <c r="F4">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="5" spans="1:6">
       <c r="A5" t="s">
         <v>4</v>
       </c>
       <c r="B5">
         <v>491</v>
       </c>
       <c r="C5">
         <v>487</v>
       </c>
       <c r="D5">
         <v>711</v>
       </c>
       <c r="E5">
-        <v>811</v>
-[...2 lines deleted...]
-    <row r="6" spans="1:5">
+        <v>810</v>
+      </c>
+      <c r="F5">
+        <v>688</v>
+      </c>
+    </row>
+    <row r="6" spans="1:6">
       <c r="A6" t="s">
         <v>5</v>
       </c>
       <c r="B6">
         <v>3</v>
       </c>
       <c r="C6">
         <v>1</v>
       </c>
       <c r="D6">
         <v>0</v>
       </c>
       <c r="E6">
         <v>0</v>
       </c>
-    </row>
-    <row r="7" spans="1:5">
+      <c r="F6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="7" spans="1:6">
       <c r="A7" t="s">
         <v>6</v>
       </c>
       <c r="B7">
         <v>2</v>
       </c>
       <c r="C7">
         <v>3</v>
       </c>
       <c r="D7">
         <v>1</v>
       </c>
       <c r="E7">
         <v>1</v>
       </c>
-    </row>
-    <row r="8" spans="1:5">
+      <c r="F7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="8" spans="1:6">
       <c r="A8" t="s">
         <v>7</v>
       </c>
       <c r="B8">
         <v>1</v>
       </c>
       <c r="C8">
         <v>0</v>
       </c>
       <c r="D8">
         <v>0</v>
       </c>
       <c r="E8">
         <v>0</v>
       </c>
-    </row>
-    <row r="9" spans="1:5">
+      <c r="F8">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="9" spans="1:6">
       <c r="A9" t="s">
         <v>8</v>
       </c>
       <c r="B9">
         <v>15</v>
       </c>
       <c r="C9">
         <v>30</v>
       </c>
       <c r="D9">
         <v>61</v>
       </c>
       <c r="E9">
         <v>82</v>
       </c>
-    </row>
-    <row r="10" spans="1:5">
+      <c r="F9">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="10" spans="1:6">
       <c r="A10" t="s">
         <v>9</v>
       </c>
       <c r="B10">
         <v>0</v>
       </c>
       <c r="C10">
         <v>0</v>
       </c>
       <c r="D10">
         <v>0</v>
       </c>
       <c r="E10">
         <v>1</v>
       </c>
-    </row>
-    <row r="11" spans="1:5">
+      <c r="F10">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="11" spans="1:6">
       <c r="A11" t="s">
         <v>10</v>
       </c>
       <c r="B11">
         <v>238</v>
       </c>
       <c r="C11">
         <v>265</v>
       </c>
       <c r="D11">
         <v>302</v>
       </c>
       <c r="E11">
-        <v>281</v>
-[...2 lines deleted...]
-    <row r="12" spans="1:5">
+        <v>283</v>
+      </c>
+      <c r="F11">
+        <v>305</v>
+      </c>
+    </row>
+    <row r="12" spans="1:6">
       <c r="A12" t="s">
         <v>11</v>
       </c>
       <c r="B12">
         <v>0</v>
       </c>
       <c r="C12">
         <v>1</v>
       </c>
       <c r="D12">
         <v>1</v>
       </c>
       <c r="E12">
         <v>0</v>
       </c>
-    </row>
-    <row r="13" spans="1:5">
+      <c r="F12">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="13" spans="1:6">
       <c r="A13" t="s">
         <v>12</v>
       </c>
       <c r="B13">
         <v>0</v>
       </c>
       <c r="C13">
         <v>0</v>
       </c>
       <c r="D13">
         <v>0</v>
       </c>
       <c r="E13">
         <v>1</v>
       </c>
-    </row>
-    <row r="14" spans="1:5">
+      <c r="F13">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="14" spans="1:6">
       <c r="A14" t="s">
         <v>13</v>
       </c>
       <c r="B14">
         <v>0</v>
       </c>
       <c r="C14">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D14">
         <v>0</v>
       </c>
       <c r="E14">
-        <v>1</v>
-[...2 lines deleted...]
-    <row r="15" spans="1:5">
+        <v>0</v>
+      </c>
+      <c r="F14">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="15" spans="1:6">
       <c r="A15" t="s">
         <v>14</v>
       </c>
       <c r="B15">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="C15">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="D15">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="E15">
-        <v>0</v>
-[...2 lines deleted...]
-    <row r="16" spans="1:5">
+        <v>1</v>
+      </c>
+      <c r="F15">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="16" spans="1:6">
       <c r="A16" t="s">
         <v>15</v>
       </c>
       <c r="B16">
-        <v>34</v>
+        <v>1</v>
       </c>
       <c r="C16">
-        <v>24</v>
+        <v>3</v>
       </c>
       <c r="D16">
-        <v>45</v>
+        <v>1</v>
       </c>
       <c r="E16">
-        <v>41</v>
-[...2 lines deleted...]
-    <row r="17" spans="1:5">
+        <v>0</v>
+      </c>
+      <c r="F16">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="17" spans="1:6">
       <c r="A17" t="s">
         <v>16</v>
       </c>
       <c r="B17">
-        <v>1</v>
+        <v>34</v>
       </c>
       <c r="C17">
-        <v>1</v>
+        <v>24</v>
       </c>
       <c r="D17">
-        <v>0</v>
+        <v>45</v>
       </c>
       <c r="E17">
-        <v>0</v>
-[...2 lines deleted...]
-    <row r="18" spans="1:5">
+        <v>41</v>
+      </c>
+      <c r="F17">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="18" spans="1:6">
       <c r="A18" t="s">
         <v>17</v>
       </c>
       <c r="B18">
-        <v>94</v>
+        <v>1</v>
       </c>
       <c r="C18">
-        <v>159</v>
+        <v>1</v>
       </c>
       <c r="D18">
-        <v>257</v>
+        <v>0</v>
       </c>
       <c r="E18">
-        <v>348</v>
-[...2 lines deleted...]
-    <row r="19" spans="1:5">
+        <v>0</v>
+      </c>
+      <c r="F18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="19" spans="1:6">
       <c r="A19" t="s">
         <v>18</v>
       </c>
       <c r="B19">
-        <v>1</v>
+        <v>94</v>
       </c>
       <c r="C19">
-        <v>2</v>
+        <v>159</v>
       </c>
       <c r="D19">
-        <v>0</v>
+        <v>257</v>
       </c>
       <c r="E19">
-        <v>1</v>
-[...2 lines deleted...]
-    <row r="20" spans="1:5">
+        <v>348</v>
+      </c>
+      <c r="F19">
+        <v>312</v>
+      </c>
+    </row>
+    <row r="20" spans="1:6">
       <c r="A20" t="s">
         <v>19</v>
       </c>
       <c r="B20">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="C20">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D20">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="E20">
-        <v>4</v>
-[...2 lines deleted...]
-    <row r="21" spans="1:5">
+        <v>1</v>
+      </c>
+      <c r="F20">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="21" spans="1:6">
       <c r="A21" t="s">
         <v>20</v>
       </c>
       <c r="B21">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="C21">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="D21">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="E21">
-        <v>0</v>
-[...2 lines deleted...]
-    <row r="22" spans="1:5">
+        <v>4</v>
+      </c>
+      <c r="F21">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="22" spans="1:6">
       <c r="A22" t="s">
         <v>21</v>
       </c>
       <c r="B22">
-        <v>648</v>
+        <v>0</v>
       </c>
       <c r="C22">
-        <v>424</v>
+        <v>0</v>
       </c>
       <c r="D22">
-        <v>772</v>
+        <v>1</v>
       </c>
       <c r="E22">
-        <v>855</v>
-[...2 lines deleted...]
-    <row r="23" spans="1:5">
+        <v>0</v>
+      </c>
+      <c r="F22">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="23" spans="1:6">
       <c r="A23" t="s">
         <v>22</v>
       </c>
       <c r="B23">
-        <v>0</v>
+        <v>648</v>
       </c>
       <c r="C23">
-        <v>0</v>
+        <v>424</v>
       </c>
       <c r="D23">
-        <v>0</v>
+        <v>772</v>
       </c>
       <c r="E23">
-        <v>1</v>
-[...2 lines deleted...]
-    <row r="24" spans="1:5">
+        <v>859</v>
+      </c>
+      <c r="F23">
+        <v>1.316</v>
+      </c>
+    </row>
+    <row r="24" spans="1:6">
       <c r="A24" t="s">
         <v>23</v>
       </c>
       <c r="B24">
-        <v>15</v>
+        <v>0</v>
       </c>
       <c r="C24">
-        <v>14</v>
+        <v>0</v>
       </c>
       <c r="D24">
-        <v>36</v>
+        <v>0</v>
       </c>
       <c r="E24">
-        <v>92</v>
-[...2 lines deleted...]
-    <row r="25" spans="1:5">
+        <v>0</v>
+      </c>
+      <c r="F24">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="25" spans="1:6">
       <c r="A25" t="s">
         <v>24</v>
       </c>
       <c r="B25">
-        <v>1</v>
+        <v>15</v>
       </c>
       <c r="C25">
-        <v>7</v>
+        <v>14</v>
       </c>
       <c r="D25">
-        <v>0</v>
+        <v>36</v>
       </c>
       <c r="E25">
-        <v>0</v>
-[...2 lines deleted...]
-    <row r="26" spans="1:5">
+        <v>92</v>
+      </c>
+      <c r="F25">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="26" spans="1:6">
       <c r="A26" t="s">
         <v>25</v>
       </c>
       <c r="B26">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="C26">
-        <v>2</v>
+        <v>7</v>
       </c>
       <c r="D26">
         <v>0</v>
       </c>
       <c r="E26">
-        <v>11</v>
-[...2 lines deleted...]
-    <row r="27" spans="1:5">
+        <v>0</v>
+      </c>
+      <c r="F26">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="27" spans="1:6">
       <c r="A27" t="s">
         <v>26</v>
       </c>
       <c r="B27">
-        <v>15</v>
+        <v>2</v>
       </c>
       <c r="C27">
-        <v>14</v>
+        <v>2</v>
       </c>
       <c r="D27">
-        <v>15</v>
+        <v>0</v>
       </c>
       <c r="E27">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="28" spans="1:5">
+        <v>11</v>
+      </c>
+      <c r="F27">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="28" spans="1:6">
       <c r="A28" t="s">
         <v>27</v>
       </c>
       <c r="B28">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="C28">
         <v>14</v>
       </c>
       <c r="D28">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="E28">
-        <v>9</v>
-[...2 lines deleted...]
-    <row r="29" spans="1:5">
+        <v>19</v>
+      </c>
+      <c r="F28">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="29" spans="1:6">
       <c r="A29" t="s">
         <v>28</v>
       </c>
       <c r="B29">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="C29">
-        <v>0</v>
+        <v>14</v>
       </c>
       <c r="D29">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="E29">
-        <v>1</v>
-[...2 lines deleted...]
-    <row r="30" spans="1:5">
+        <v>9</v>
+      </c>
+      <c r="F29">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="30" spans="1:6">
       <c r="A30" t="s">
         <v>29</v>
       </c>
       <c r="B30">
         <v>0</v>
       </c>
       <c r="C30">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D30">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="E30">
-        <v>0</v>
-[...2 lines deleted...]
-    <row r="31" spans="1:5">
+        <v>1</v>
+      </c>
+      <c r="F30">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="31" spans="1:6">
       <c r="A31" t="s">
         <v>30</v>
       </c>
       <c r="B31">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="C31">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="D31">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="E31">
         <v>0</v>
       </c>
-    </row>
-    <row r="32" spans="1:5">
+      <c r="F31">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="32" spans="1:6">
       <c r="A32" t="s">
         <v>31</v>
       </c>
       <c r="B32">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="C32">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="D32">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="E32">
-        <v>1</v>
-[...2 lines deleted...]
-    <row r="33" spans="1:5">
+        <v>0</v>
+      </c>
+      <c r="F32">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="33" spans="1:6">
       <c r="A33" t="s">
         <v>32</v>
       </c>
       <c r="B33">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="C33">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D33">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="E33">
-        <v>0</v>
-[...2 lines deleted...]
-    <row r="34" spans="1:5">
+        <v>1</v>
+      </c>
+      <c r="F33">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="34" spans="1:6">
       <c r="A34" t="s">
         <v>33</v>
       </c>
       <c r="B34">
         <v>1</v>
       </c>
       <c r="C34">
         <v>1</v>
       </c>
       <c r="D34">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="E34">
-        <v>3</v>
-[...2 lines deleted...]
-    <row r="35" spans="1:5">
+        <v>0</v>
+      </c>
+      <c r="F34">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="35" spans="1:6">
       <c r="A35" t="s">
         <v>34</v>
       </c>
       <c r="B35">
         <v>1</v>
       </c>
       <c r="C35">
         <v>1</v>
       </c>
       <c r="D35">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E35">
-        <v>0</v>
-[...2 lines deleted...]
-    <row r="36" spans="1:5">
+        <v>3</v>
+      </c>
+      <c r="F35">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="36" spans="1:6">
       <c r="A36" t="s">
         <v>35</v>
       </c>
       <c r="B36">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="C36">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="D36">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="E36">
-        <v>3</v>
-[...2 lines deleted...]
-    <row r="37" spans="1:5">
+        <v>0</v>
+      </c>
+      <c r="F36">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="37" spans="1:6">
       <c r="A37" t="s">
         <v>36</v>
       </c>
       <c r="B37">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="C37">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="D37">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="E37">
-        <v>2</v>
-[...2 lines deleted...]
-    <row r="38" spans="1:5">
+        <v>0</v>
+      </c>
+      <c r="F37">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="38" spans="1:6">
       <c r="A38" t="s">
         <v>37</v>
       </c>
       <c r="B38">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="C38">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="D38">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="E38">
-        <v>0</v>
-[...2 lines deleted...]
-    <row r="39" spans="1:5">
+        <v>3</v>
+      </c>
+      <c r="F38">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="39" spans="1:6">
       <c r="A39" t="s">
         <v>38</v>
       </c>
       <c r="B39">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="C39">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D39">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="E39">
-        <v>1</v>
-[...2 lines deleted...]
-    <row r="40" spans="1:5">
+        <v>2</v>
+      </c>
+      <c r="F39">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="40" spans="1:6">
       <c r="A40" t="s">
         <v>39</v>
       </c>
       <c r="B40">
         <v>0</v>
       </c>
       <c r="C40">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D40">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="E40">
         <v>0</v>
       </c>
-    </row>
-    <row r="41" spans="1:5">
+      <c r="F40">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="41" spans="1:6">
       <c r="A41" t="s">
         <v>40</v>
       </c>
       <c r="B41">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="C41">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="D41">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="E41">
-        <v>0</v>
-[...2 lines deleted...]
-    <row r="42" spans="1:5">
+        <v>1</v>
+      </c>
+      <c r="F41">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="42" spans="1:6">
       <c r="A42" t="s">
         <v>41</v>
       </c>
       <c r="B42">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="C42">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="D42">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="E42">
-        <v>4</v>
-[...2 lines deleted...]
-    <row r="43" spans="1:5">
+        <v>0</v>
+      </c>
+      <c r="F42">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="43" spans="1:6">
       <c r="A43" t="s">
         <v>42</v>
       </c>
       <c r="B43">
         <v>1</v>
       </c>
       <c r="C43">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D43">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="E43">
         <v>0</v>
       </c>
-    </row>
-    <row r="44" spans="1:5">
+      <c r="F43">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="44" spans="1:6">
       <c r="A44" t="s">
         <v>43</v>
       </c>
       <c r="B44">
         <v>1</v>
       </c>
       <c r="C44">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="D44">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="E44">
-        <v>0</v>
-[...2 lines deleted...]
-    <row r="45" spans="1:5">
+        <v>4</v>
+      </c>
+      <c r="F44">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="45" spans="1:6">
       <c r="A45" t="s">
         <v>44</v>
       </c>
       <c r="B45">
         <v>0</v>
       </c>
       <c r="C45">
         <v>0</v>
       </c>
       <c r="D45">
         <v>0</v>
       </c>
       <c r="E45">
-        <v>1</v>
-[...2 lines deleted...]
-    <row r="46" spans="1:5">
+        <v>0</v>
+      </c>
+      <c r="F45">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="46" spans="1:6">
       <c r="A46" t="s">
         <v>45</v>
       </c>
       <c r="B46">
         <v>1</v>
       </c>
       <c r="C46">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="D46">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="E46">
-        <v>2</v>
-[...2 lines deleted...]
-    <row r="47" spans="1:5">
+        <v>0</v>
+      </c>
+      <c r="F46">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="47" spans="1:6">
       <c r="A47" t="s">
         <v>46</v>
       </c>
       <c r="B47">
         <v>1</v>
       </c>
       <c r="C47">
         <v>0</v>
       </c>
       <c r="D47">
         <v>0</v>
       </c>
       <c r="E47">
         <v>0</v>
       </c>
-    </row>
-    <row r="48" spans="1:5">
+      <c r="F47">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="48" spans="1:6">
       <c r="A48" t="s">
         <v>47</v>
       </c>
       <c r="B48">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="C48">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="D48">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="E48">
-        <v>7</v>
-[...2 lines deleted...]
-    <row r="49" spans="1:5">
+        <v>1</v>
+      </c>
+      <c r="F48">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="49" spans="1:6">
       <c r="A49" t="s">
         <v>48</v>
       </c>
       <c r="B49">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="C49">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="D49">
-        <v>12</v>
+        <v>0</v>
       </c>
       <c r="E49">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="50" spans="1:5">
+        <v>2</v>
+      </c>
+      <c r="F49">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="50" spans="1:6">
       <c r="A50" t="s">
         <v>49</v>
       </c>
       <c r="B50">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="C50">
         <v>0</v>
       </c>
       <c r="D50">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="E50">
         <v>0</v>
       </c>
-    </row>
-    <row r="51" spans="1:5">
+      <c r="F50">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="51" spans="1:6">
       <c r="A51" t="s">
         <v>50</v>
       </c>
       <c r="B51">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="C51">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="D51">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="E51">
-        <v>3</v>
-[...2 lines deleted...]
-    <row r="52" spans="1:5">
+        <v>7</v>
+      </c>
+      <c r="F51">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="52" spans="1:6">
       <c r="A52" t="s">
         <v>51</v>
       </c>
       <c r="B52">
-        <v>13</v>
+        <v>5</v>
       </c>
       <c r="C52">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="D52">
-        <v>3</v>
+        <v>12</v>
       </c>
       <c r="E52">
-        <v>5</v>
-[...2 lines deleted...]
-    <row r="53" spans="1:5">
+        <v>10</v>
+      </c>
+      <c r="F52">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="53" spans="1:6">
       <c r="A53" t="s">
         <v>52</v>
       </c>
       <c r="B53">
         <v>0</v>
       </c>
       <c r="C53">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D53">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="E53">
         <v>0</v>
       </c>
-    </row>
-    <row r="54" spans="1:5">
+      <c r="F53">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="54" spans="1:6">
       <c r="A54" t="s">
         <v>53</v>
       </c>
       <c r="B54">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="C54">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="D54">
         <v>1</v>
       </c>
       <c r="E54">
-        <v>2</v>
-[...2 lines deleted...]
-    <row r="55" spans="1:5">
+        <v>3</v>
+      </c>
+      <c r="F54">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="55" spans="1:6">
       <c r="A55" t="s">
         <v>54</v>
       </c>
       <c r="B55">
-        <v>0</v>
+        <v>13</v>
       </c>
       <c r="C55">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="D55">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="E55">
-        <v>1</v>
-[...2 lines deleted...]
-    <row r="56" spans="1:5">
+        <v>5</v>
+      </c>
+      <c r="F55">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="56" spans="1:6">
       <c r="A56" t="s">
         <v>55</v>
       </c>
       <c r="B56">
-        <v>42</v>
+        <v>0</v>
       </c>
       <c r="C56">
-        <v>37</v>
+        <v>1</v>
       </c>
       <c r="D56">
-        <v>40</v>
+        <v>0</v>
       </c>
       <c r="E56">
-        <v>55</v>
-[...2 lines deleted...]
-    <row r="57" spans="1:5">
+        <v>0</v>
+      </c>
+      <c r="F56">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="57" spans="1:6">
       <c r="A57" t="s">
         <v>56</v>
       </c>
       <c r="B57">
-        <v>68</v>
+        <v>0</v>
       </c>
       <c r="C57">
-        <v>102</v>
+        <v>5</v>
       </c>
       <c r="D57">
-        <v>104</v>
+        <v>1</v>
       </c>
       <c r="E57">
-        <v>184</v>
-[...2 lines deleted...]
-    <row r="58" spans="1:5">
+        <v>2</v>
+      </c>
+      <c r="F57">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="58" spans="1:6">
       <c r="A58" t="s">
         <v>57</v>
       </c>
       <c r="B58">
         <v>0</v>
       </c>
       <c r="C58">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="D58">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="E58">
-        <v>2</v>
-[...2 lines deleted...]
-    <row r="59" spans="1:5">
+        <v>1</v>
+      </c>
+      <c r="F58">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="59" spans="1:6">
       <c r="A59" t="s">
         <v>58</v>
       </c>
       <c r="B59">
-        <v>2</v>
+        <v>42</v>
       </c>
       <c r="C59">
-        <v>0</v>
+        <v>37</v>
       </c>
       <c r="D59">
-        <v>0</v>
+        <v>40</v>
       </c>
       <c r="E59">
-        <v>0</v>
-[...2 lines deleted...]
-    <row r="60" spans="1:5">
+        <v>55</v>
+      </c>
+      <c r="F59">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="60" spans="1:6">
       <c r="A60" t="s">
         <v>59</v>
       </c>
       <c r="B60">
-        <v>0</v>
+        <v>68</v>
       </c>
       <c r="C60">
-        <v>1</v>
+        <v>102</v>
       </c>
       <c r="D60">
-        <v>1</v>
+        <v>104</v>
       </c>
       <c r="E60">
-        <v>1</v>
-[...2 lines deleted...]
-    <row r="61" spans="1:5">
+        <v>185</v>
+      </c>
+      <c r="F60">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="61" spans="1:6">
       <c r="A61" t="s">
         <v>60</v>
       </c>
       <c r="B61">
-        <v>173</v>
+        <v>0</v>
       </c>
       <c r="C61">
-        <v>181</v>
+        <v>0</v>
       </c>
       <c r="D61">
-        <v>172</v>
+        <v>0</v>
       </c>
       <c r="E61">
-        <v>139</v>
-[...2 lines deleted...]
-    <row r="62" spans="1:5">
+        <v>2</v>
+      </c>
+      <c r="F61">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="62" spans="1:6">
       <c r="A62" t="s">
         <v>61</v>
       </c>
       <c r="B62">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="C62">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="D62">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="E62">
-        <v>3</v>
-[...2 lines deleted...]
-    <row r="63" spans="1:5">
+        <v>0</v>
+      </c>
+      <c r="F62">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="63" spans="1:6">
       <c r="A63" t="s">
         <v>62</v>
       </c>
       <c r="B63">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="C63">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="D63">
         <v>1</v>
       </c>
       <c r="E63">
-        <v>4</v>
-[...2 lines deleted...]
-    <row r="64" spans="1:5">
+        <v>1</v>
+      </c>
+      <c r="F63">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="64" spans="1:6">
       <c r="A64" t="s">
         <v>63</v>
       </c>
       <c r="B64">
-        <v>1</v>
+        <v>173</v>
       </c>
       <c r="C64">
-        <v>0</v>
+        <v>181</v>
       </c>
       <c r="D64">
-        <v>1</v>
+        <v>172</v>
       </c>
       <c r="E64">
-        <v>1</v>
-[...2 lines deleted...]
-    <row r="65" spans="1:5">
+        <v>140</v>
+      </c>
+      <c r="F64">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="65" spans="1:6">
       <c r="A65" t="s">
         <v>64</v>
       </c>
       <c r="B65">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="C65">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="D65">
         <v>2</v>
       </c>
       <c r="E65">
-        <v>0</v>
-[...2 lines deleted...]
-    <row r="66" spans="1:5">
+        <v>3</v>
+      </c>
+      <c r="F65">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="66" spans="1:6">
       <c r="A66" t="s">
         <v>65</v>
       </c>
       <c r="B66">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="C66">
         <v>0</v>
       </c>
       <c r="D66">
         <v>0</v>
       </c>
       <c r="E66">
         <v>0</v>
       </c>
-    </row>
-    <row r="67" spans="1:5">
+      <c r="F66">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="67" spans="1:6">
       <c r="A67" t="s">
         <v>66</v>
       </c>
       <c r="B67">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="C67">
         <v>0</v>
       </c>
       <c r="D67">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="E67">
-        <v>1</v>
-[...2 lines deleted...]
-    <row r="68" spans="1:5">
+        <v>4</v>
+      </c>
+      <c r="F67">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="68" spans="1:6">
       <c r="A68" t="s">
         <v>67</v>
       </c>
       <c r="B68">
         <v>1</v>
       </c>
       <c r="C68">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D68">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="E68">
-        <v>0</v>
-[...2 lines deleted...]
-    <row r="69" spans="1:5">
+        <v>1</v>
+      </c>
+      <c r="F68">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="69" spans="1:6">
       <c r="A69" t="s">
         <v>68</v>
       </c>
       <c r="B69">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="C69">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="D69">
         <v>2</v>
       </c>
       <c r="E69">
         <v>0</v>
       </c>
-    </row>
-    <row r="70" spans="1:5">
+      <c r="F69">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="70" spans="1:6">
       <c r="A70" t="s">
         <v>69</v>
       </c>
       <c r="B70">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="C70">
         <v>0</v>
       </c>
       <c r="D70">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="E70">
-        <v>2</v>
-[...2 lines deleted...]
-    <row r="71" spans="1:5">
+        <v>0</v>
+      </c>
+      <c r="F70">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="71" spans="1:6">
       <c r="A71" t="s">
         <v>70</v>
       </c>
       <c r="B71">
         <v>0</v>
       </c>
       <c r="C71">
         <v>0</v>
       </c>
       <c r="D71">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="E71">
-        <v>0</v>
-[...2 lines deleted...]
-    <row r="72" spans="1:5">
+        <v>1</v>
+      </c>
+      <c r="F71">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="72" spans="1:6">
       <c r="A72" t="s">
         <v>71</v>
       </c>
       <c r="B72">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="C72">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="D72">
         <v>0</v>
       </c>
       <c r="E72">
-        <v>1</v>
-[...2 lines deleted...]
-    <row r="73" spans="1:5">
+        <v>0</v>
+      </c>
+      <c r="F72">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="73" spans="1:6">
       <c r="A73" t="s">
         <v>72</v>
       </c>
       <c r="B73">
-        <v>820</v>
+        <v>0</v>
       </c>
       <c r="C73">
-        <v>544</v>
+        <v>0</v>
       </c>
       <c r="D73">
-        <v>689</v>
+        <v>2</v>
       </c>
       <c r="E73">
-        <v>952</v>
-[...2 lines deleted...]
-    <row r="74" spans="1:5">
+        <v>0</v>
+      </c>
+      <c r="F73">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="74" spans="1:6">
       <c r="A74" t="s">
         <v>73</v>
       </c>
       <c r="B74">
         <v>0</v>
       </c>
       <c r="C74">
         <v>0</v>
       </c>
       <c r="D74">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="E74">
-        <v>4</v>
-[...2 lines deleted...]
-    <row r="75" spans="1:5">
+        <v>2</v>
+      </c>
+      <c r="F74">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="75" spans="1:6">
       <c r="A75" t="s">
         <v>74</v>
       </c>
       <c r="B75">
-        <v>18</v>
+        <v>0</v>
       </c>
       <c r="C75">
-        <v>21</v>
+        <v>0</v>
       </c>
       <c r="D75">
-        <v>40</v>
+        <v>2</v>
       </c>
       <c r="E75">
-        <v>51</v>
-[...2 lines deleted...]
-    <row r="76" spans="1:5">
+        <v>0</v>
+      </c>
+      <c r="F75">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="76" spans="1:6">
       <c r="A76" t="s">
         <v>75</v>
       </c>
       <c r="B76">
+        <v>0</v>
+      </c>
+      <c r="C76">
+        <v>0</v>
+      </c>
+      <c r="D76">
+        <v>0</v>
+      </c>
+      <c r="E76">
+        <v>1</v>
+      </c>
+      <c r="F76">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="77" spans="1:6">
+      <c r="A77" t="s">
+        <v>76</v>
+      </c>
+      <c r="B77">
+        <v>820</v>
+      </c>
+      <c r="C77">
+        <v>544</v>
+      </c>
+      <c r="D77">
+        <v>689</v>
+      </c>
+      <c r="E77">
+        <v>952</v>
+      </c>
+      <c r="F77">
+        <v>740</v>
+      </c>
+    </row>
+    <row r="78" spans="1:6">
+      <c r="A78" t="s">
+        <v>77</v>
+      </c>
+      <c r="B78">
+        <v>0</v>
+      </c>
+      <c r="C78">
+        <v>0</v>
+      </c>
+      <c r="D78">
+        <v>0</v>
+      </c>
+      <c r="E78">
+        <v>4</v>
+      </c>
+      <c r="F78">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="79" spans="1:6">
+      <c r="A79" t="s">
+        <v>78</v>
+      </c>
+      <c r="B79">
+        <v>18</v>
+      </c>
+      <c r="C79">
+        <v>21</v>
+      </c>
+      <c r="D79">
+        <v>40</v>
+      </c>
+      <c r="E79">
+        <v>43</v>
+      </c>
+      <c r="F79">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="80" spans="1:6">
+      <c r="A80" t="s">
+        <v>79</v>
+      </c>
+      <c r="B80">
         <v>2.758</v>
       </c>
-      <c r="C76">
+      <c r="C80">
         <v>2.396</v>
       </c>
-      <c r="D76">
+      <c r="D80">
         <v>3.326</v>
       </c>
-      <c r="E76">
-        <v>4.0099999999999998</v>
+      <c r="E80">
+        <v>4.008</v>
+      </c>
+      <c r="F80">
+        <v>4.249</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>