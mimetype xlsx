--- v0 (2026-01-10)
+++ v1 (2026-02-04)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="160">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="166">
   <si>
     <t>Departamento</t>
   </si>
   <si>
     <t>ene-2014</t>
   </si>
   <si>
     <t>feb-2014</t>
   </si>
   <si>
     <t>mar-2014</t>
   </si>
   <si>
     <t>abr-2014</t>
   </si>
   <si>
     <t>may-2014</t>
   </si>
   <si>
     <t>jun-2014</t>
   </si>
   <si>
     <t>jul-2014</t>
   </si>
   <si>
@@ -429,50 +429,68 @@
     <t>oct-24</t>
   </si>
   <si>
     <t>nov-24</t>
   </si>
   <si>
     <t>dic-24</t>
   </si>
   <si>
     <t>ene-25</t>
   </si>
   <si>
     <t>feb-25</t>
   </si>
   <si>
     <t>mar-25</t>
   </si>
   <si>
     <t>abr-25</t>
   </si>
   <si>
     <t>may-25</t>
   </si>
   <si>
     <t>jun-25</t>
+  </si>
+  <si>
+    <t>jul-2025</t>
+  </si>
+  <si>
+    <t>ago-2025</t>
+  </si>
+  <si>
+    <t>set-2025</t>
+  </si>
+  <si>
+    <t>oct-2025</t>
+  </si>
+  <si>
+    <t>nov-2025</t>
+  </si>
+  <si>
+    <t>dic-2025</t>
   </si>
   <si>
     <t>Artigas</t>
   </si>
   <si>
     <t>Canelones</t>
   </si>
   <si>
     <t>Cerro Largo</t>
   </si>
   <si>
     <t>Colonia</t>
   </si>
   <si>
     <t>Durazno</t>
   </si>
   <si>
     <t>Flores</t>
   </si>
   <si>
     <t>Florida</t>
   </si>
   <si>
     <t>Lavalleja</t>
   </si>
@@ -839,59 +857,59 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:EI22"/>
+  <dimension ref="A1:EO22"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
-    <row r="1" spans="1:139">
+    <row r="1" spans="1:145">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
@@ -1265,54 +1283,72 @@
       </c>
       <c r="EB1" t="s">
         <v>131</v>
       </c>
       <c r="EC1" t="s">
         <v>132</v>
       </c>
       <c r="ED1" t="s">
         <v>133</v>
       </c>
       <c r="EE1" t="s">
         <v>134</v>
       </c>
       <c r="EF1" t="s">
         <v>135</v>
       </c>
       <c r="EG1" t="s">
         <v>136</v>
       </c>
       <c r="EH1" t="s">
         <v>137</v>
       </c>
       <c r="EI1" t="s">
         <v>138</v>
       </c>
+      <c r="EJ1" t="s">
+        <v>139</v>
+      </c>
+      <c r="EK1" t="s">
+        <v>140</v>
+      </c>
+      <c r="EL1" t="s">
+        <v>141</v>
+      </c>
+      <c r="EM1" t="s">
+        <v>142</v>
+      </c>
+      <c r="EN1" t="s">
+        <v>143</v>
+      </c>
+      <c r="EO1" t="s">
+        <v>144</v>
+      </c>
     </row>
-    <row r="2" spans="1:139">
+    <row r="2" spans="1:145">
       <c r="A2" t="s">
-        <v>139</v>
+        <v>145</v>
       </c>
       <c r="B2">
         <v>124</v>
       </c>
       <c r="C2">
         <v>130</v>
       </c>
       <c r="D2">
         <v>128</v>
       </c>
       <c r="E2">
         <v>126</v>
       </c>
       <c r="F2">
         <v>130</v>
       </c>
       <c r="G2">
         <v>125</v>
       </c>
       <c r="H2">
         <v>128</v>
       </c>
       <c r="I2">
         <v>131</v>
       </c>
@@ -1684,54 +1720,72 @@
       </c>
       <c r="EB2">
         <v>131</v>
       </c>
       <c r="EC2">
         <v>136</v>
       </c>
       <c r="ED2">
         <v>135</v>
       </c>
       <c r="EE2">
         <v>137</v>
       </c>
       <c r="EF2">
         <v>137</v>
       </c>
       <c r="EG2">
         <v>138</v>
       </c>
       <c r="EH2">
         <v>143</v>
       </c>
       <c r="EI2">
         <v>140</v>
       </c>
+      <c r="EJ2">
+        <v>144</v>
+      </c>
+      <c r="EK2">
+        <v>150</v>
+      </c>
+      <c r="EL2">
+        <v>155</v>
+      </c>
+      <c r="EM2">
+        <v>156</v>
+      </c>
+      <c r="EN2">
+        <v>156</v>
+      </c>
+      <c r="EO2">
+        <v>156</v>
+      </c>
     </row>
-    <row r="3" spans="1:139">
+    <row r="3" spans="1:145">
       <c r="A3" t="s">
-        <v>140</v>
+        <v>146</v>
       </c>
       <c r="B3">
         <v>233</v>
       </c>
       <c r="C3">
         <v>240</v>
       </c>
       <c r="D3">
         <v>234</v>
       </c>
       <c r="E3">
         <v>228</v>
       </c>
       <c r="F3">
         <v>223</v>
       </c>
       <c r="G3">
         <v>226</v>
       </c>
       <c r="H3">
         <v>235</v>
       </c>
       <c r="I3">
         <v>240</v>
       </c>
@@ -2103,54 +2157,72 @@
       </c>
       <c r="EB3">
         <v>680</v>
       </c>
       <c r="EC3">
         <v>702</v>
       </c>
       <c r="ED3">
         <v>712</v>
       </c>
       <c r="EE3">
         <v>772</v>
       </c>
       <c r="EF3">
         <v>793</v>
       </c>
       <c r="EG3">
         <v>790</v>
       </c>
       <c r="EH3">
         <v>855</v>
       </c>
       <c r="EI3">
         <v>883</v>
       </c>
+      <c r="EJ3">
+        <v>889</v>
+      </c>
+      <c r="EK3">
+        <v>881</v>
+      </c>
+      <c r="EL3">
+        <v>895</v>
+      </c>
+      <c r="EM3">
+        <v>876</v>
+      </c>
+      <c r="EN3">
+        <v>860</v>
+      </c>
+      <c r="EO3">
+        <v>848</v>
+      </c>
     </row>
-    <row r="4" spans="1:139">
+    <row r="4" spans="1:145">
       <c r="A4" t="s">
-        <v>141</v>
+        <v>147</v>
       </c>
       <c r="B4">
         <v>156</v>
       </c>
       <c r="C4">
         <v>153</v>
       </c>
       <c r="D4">
         <v>156</v>
       </c>
       <c r="E4">
         <v>157</v>
       </c>
       <c r="F4">
         <v>158</v>
       </c>
       <c r="G4">
         <v>156</v>
       </c>
       <c r="H4">
         <v>153</v>
       </c>
       <c r="I4">
         <v>151</v>
       </c>
@@ -2522,54 +2594,72 @@
       </c>
       <c r="EB4">
         <v>287</v>
       </c>
       <c r="EC4">
         <v>294</v>
       </c>
       <c r="ED4">
         <v>300</v>
       </c>
       <c r="EE4">
         <v>305</v>
       </c>
       <c r="EF4">
         <v>314</v>
       </c>
       <c r="EG4">
         <v>337</v>
       </c>
       <c r="EH4">
         <v>351</v>
       </c>
       <c r="EI4">
         <v>352</v>
       </c>
+      <c r="EJ4">
+        <v>365</v>
+      </c>
+      <c r="EK4">
+        <v>365</v>
+      </c>
+      <c r="EL4">
+        <v>372</v>
+      </c>
+      <c r="EM4">
+        <v>371</v>
+      </c>
+      <c r="EN4">
+        <v>376</v>
+      </c>
+      <c r="EO4">
+        <v>377</v>
+      </c>
     </row>
-    <row r="5" spans="1:139">
+    <row r="5" spans="1:145">
       <c r="A5" t="s">
-        <v>142</v>
+        <v>148</v>
       </c>
       <c r="B5">
         <v>25</v>
       </c>
       <c r="C5">
         <v>25</v>
       </c>
       <c r="D5">
         <v>25</v>
       </c>
       <c r="E5">
         <v>25</v>
       </c>
       <c r="F5">
         <v>26</v>
       </c>
       <c r="G5">
         <v>28</v>
       </c>
       <c r="H5">
         <v>29</v>
       </c>
       <c r="I5">
         <v>29</v>
       </c>
@@ -2941,54 +3031,72 @@
       </c>
       <c r="EB5">
         <v>133</v>
       </c>
       <c r="EC5">
         <v>137</v>
       </c>
       <c r="ED5">
         <v>144</v>
       </c>
       <c r="EE5">
         <v>147</v>
       </c>
       <c r="EF5">
         <v>152</v>
       </c>
       <c r="EG5">
         <v>167</v>
       </c>
       <c r="EH5">
         <v>173</v>
       </c>
       <c r="EI5">
         <v>177</v>
       </c>
+      <c r="EJ5">
+        <v>182</v>
+      </c>
+      <c r="EK5">
+        <v>182</v>
+      </c>
+      <c r="EL5">
+        <v>189</v>
+      </c>
+      <c r="EM5">
+        <v>192</v>
+      </c>
+      <c r="EN5">
+        <v>196</v>
+      </c>
+      <c r="EO5">
+        <v>192</v>
+      </c>
     </row>
-    <row r="6" spans="1:139">
+    <row r="6" spans="1:145">
       <c r="A6" t="s">
-        <v>143</v>
+        <v>149</v>
       </c>
       <c r="B6">
         <v>23</v>
       </c>
       <c r="C6">
         <v>25</v>
       </c>
       <c r="D6">
         <v>27</v>
       </c>
       <c r="E6">
         <v>28</v>
       </c>
       <c r="F6">
         <v>30</v>
       </c>
       <c r="G6">
         <v>30</v>
       </c>
       <c r="H6">
         <v>29</v>
       </c>
       <c r="I6">
         <v>27</v>
       </c>
@@ -3360,54 +3468,72 @@
       </c>
       <c r="EB6">
         <v>128</v>
       </c>
       <c r="EC6">
         <v>127</v>
       </c>
       <c r="ED6">
         <v>126</v>
       </c>
       <c r="EE6">
         <v>132</v>
       </c>
       <c r="EF6">
         <v>130</v>
       </c>
       <c r="EG6">
         <v>133</v>
       </c>
       <c r="EH6">
         <v>132</v>
       </c>
       <c r="EI6">
         <v>126</v>
       </c>
+      <c r="EJ6">
+        <v>123</v>
+      </c>
+      <c r="EK6">
+        <v>127</v>
+      </c>
+      <c r="EL6">
+        <v>124</v>
+      </c>
+      <c r="EM6">
+        <v>125</v>
+      </c>
+      <c r="EN6">
+        <v>126</v>
+      </c>
+      <c r="EO6">
+        <v>126</v>
+      </c>
     </row>
-    <row r="7" spans="1:139">
+    <row r="7" spans="1:145">
       <c r="A7" t="s">
-        <v>144</v>
+        <v>150</v>
       </c>
       <c r="B7">
         <v>11</v>
       </c>
       <c r="C7">
         <v>11</v>
       </c>
       <c r="D7">
         <v>11</v>
       </c>
       <c r="E7">
         <v>11</v>
       </c>
       <c r="F7">
         <v>11</v>
       </c>
       <c r="G7">
         <v>11</v>
       </c>
       <c r="H7">
         <v>11</v>
       </c>
       <c r="I7">
         <v>11</v>
       </c>
@@ -3779,54 +3905,72 @@
       </c>
       <c r="EB7">
         <v>18</v>
       </c>
       <c r="EC7">
         <v>19</v>
       </c>
       <c r="ED7">
         <v>21</v>
       </c>
       <c r="EE7">
         <v>19</v>
       </c>
       <c r="EF7">
         <v>21</v>
       </c>
       <c r="EG7">
         <v>20</v>
       </c>
       <c r="EH7">
         <v>20</v>
       </c>
       <c r="EI7">
         <v>20</v>
       </c>
+      <c r="EJ7">
+        <v>20</v>
+      </c>
+      <c r="EK7">
+        <v>18</v>
+      </c>
+      <c r="EL7">
+        <v>18</v>
+      </c>
+      <c r="EM7">
+        <v>19</v>
+      </c>
+      <c r="EN7">
+        <v>19</v>
+      </c>
+      <c r="EO7">
+        <v>17</v>
+      </c>
     </row>
-    <row r="8" spans="1:139">
+    <row r="8" spans="1:145">
       <c r="A8" t="s">
-        <v>145</v>
+        <v>151</v>
       </c>
       <c r="B8">
         <v>26</v>
       </c>
       <c r="C8">
         <v>28</v>
       </c>
       <c r="D8">
         <v>27</v>
       </c>
       <c r="E8">
         <v>26</v>
       </c>
       <c r="F8">
         <v>26</v>
       </c>
       <c r="G8">
         <v>26</v>
       </c>
       <c r="H8">
         <v>27</v>
       </c>
       <c r="I8">
         <v>28</v>
       </c>
@@ -4198,54 +4342,72 @@
       </c>
       <c r="EB8">
         <v>48</v>
       </c>
       <c r="EC8">
         <v>53</v>
       </c>
       <c r="ED8">
         <v>56</v>
       </c>
       <c r="EE8">
         <v>59</v>
       </c>
       <c r="EF8">
         <v>65</v>
       </c>
       <c r="EG8">
         <v>67</v>
       </c>
       <c r="EH8">
         <v>70</v>
       </c>
       <c r="EI8">
         <v>69</v>
       </c>
+      <c r="EJ8">
+        <v>70</v>
+      </c>
+      <c r="EK8">
+        <v>72</v>
+      </c>
+      <c r="EL8">
+        <v>70</v>
+      </c>
+      <c r="EM8">
+        <v>70</v>
+      </c>
+      <c r="EN8">
+        <v>74</v>
+      </c>
+      <c r="EO8">
+        <v>72</v>
+      </c>
     </row>
-    <row r="9" spans="1:139">
+    <row r="9" spans="1:145">
       <c r="A9" t="s">
-        <v>146</v>
+        <v>152</v>
       </c>
       <c r="B9">
         <v>28</v>
       </c>
       <c r="C9">
         <v>29</v>
       </c>
       <c r="D9">
         <v>29</v>
       </c>
       <c r="E9">
         <v>29</v>
       </c>
       <c r="F9">
         <v>29</v>
       </c>
       <c r="G9">
         <v>29</v>
       </c>
       <c r="H9">
         <v>29</v>
       </c>
       <c r="I9">
         <v>28</v>
       </c>
@@ -4617,54 +4779,72 @@
       </c>
       <c r="EB9">
         <v>52</v>
       </c>
       <c r="EC9">
         <v>53</v>
       </c>
       <c r="ED9">
         <v>52</v>
       </c>
       <c r="EE9">
         <v>53</v>
       </c>
       <c r="EF9">
         <v>52</v>
       </c>
       <c r="EG9">
         <v>56</v>
       </c>
       <c r="EH9">
         <v>56</v>
       </c>
       <c r="EI9">
         <v>56</v>
       </c>
+      <c r="EJ9">
+        <v>56</v>
+      </c>
+      <c r="EK9">
+        <v>55</v>
+      </c>
+      <c r="EL9">
+        <v>59</v>
+      </c>
+      <c r="EM9">
+        <v>62</v>
+      </c>
+      <c r="EN9">
+        <v>63</v>
+      </c>
+      <c r="EO9">
+        <v>65</v>
+      </c>
     </row>
-    <row r="10" spans="1:139">
+    <row r="10" spans="1:145">
       <c r="A10" t="s">
-        <v>147</v>
+        <v>153</v>
       </c>
       <c r="B10">
         <v>83</v>
       </c>
       <c r="C10">
         <v>80</v>
       </c>
       <c r="D10">
         <v>79</v>
       </c>
       <c r="E10">
         <v>81</v>
       </c>
       <c r="F10">
         <v>82</v>
       </c>
       <c r="G10">
         <v>84</v>
       </c>
       <c r="H10">
         <v>78</v>
       </c>
       <c r="I10">
         <v>80</v>
       </c>
@@ -5036,54 +5216,72 @@
       </c>
       <c r="EB10">
         <v>185</v>
       </c>
       <c r="EC10">
         <v>184</v>
       </c>
       <c r="ED10">
         <v>190</v>
       </c>
       <c r="EE10">
         <v>195</v>
       </c>
       <c r="EF10">
         <v>201</v>
       </c>
       <c r="EG10">
         <v>208</v>
       </c>
       <c r="EH10">
         <v>214</v>
       </c>
       <c r="EI10">
         <v>205</v>
       </c>
+      <c r="EJ10">
+        <v>203</v>
+      </c>
+      <c r="EK10">
+        <v>202</v>
+      </c>
+      <c r="EL10">
+        <v>204</v>
+      </c>
+      <c r="EM10">
+        <v>206</v>
+      </c>
+      <c r="EN10">
+        <v>206</v>
+      </c>
+      <c r="EO10">
+        <v>208</v>
+      </c>
     </row>
-    <row r="11" spans="1:139">
+    <row r="11" spans="1:145">
       <c r="A11" t="s">
-        <v>148</v>
+        <v>154</v>
       </c>
       <c r="B11">
         <v>1.26</v>
       </c>
       <c r="C11">
         <v>1.24</v>
       </c>
       <c r="D11">
         <v>1.223</v>
       </c>
       <c r="E11">
         <v>1.239</v>
       </c>
       <c r="F11">
         <v>1.232</v>
       </c>
       <c r="G11">
         <v>1.208</v>
       </c>
       <c r="H11">
         <v>1.223</v>
       </c>
       <c r="I11">
         <v>1.22</v>
       </c>
@@ -5455,54 +5653,72 @@
       </c>
       <c r="EB11">
         <v>1.372</v>
       </c>
       <c r="EC11">
         <v>1.378</v>
       </c>
       <c r="ED11">
         <v>1.369</v>
       </c>
       <c r="EE11">
         <v>1.433</v>
       </c>
       <c r="EF11">
         <v>1.457</v>
       </c>
       <c r="EG11">
         <v>1.496</v>
       </c>
       <c r="EH11">
         <v>1.561</v>
       </c>
       <c r="EI11">
         <v>1.589</v>
       </c>
+      <c r="EJ11">
+        <v>1.616</v>
+      </c>
+      <c r="EK11">
+        <v>1.608</v>
+      </c>
+      <c r="EL11">
+        <v>1.61</v>
+      </c>
+      <c r="EM11">
+        <v>1.611</v>
+      </c>
+      <c r="EN11">
+        <v>1.641</v>
+      </c>
+      <c r="EO11">
+        <v>1.637</v>
+      </c>
     </row>
-    <row r="12" spans="1:139">
+    <row r="12" spans="1:145">
       <c r="A12" t="s">
-        <v>149</v>
+        <v>155</v>
       </c>
       <c r="B12">
         <v>83</v>
       </c>
       <c r="C12">
         <v>78</v>
       </c>
       <c r="D12">
         <v>81</v>
       </c>
       <c r="E12">
         <v>78</v>
       </c>
       <c r="F12">
         <v>80</v>
       </c>
       <c r="G12">
         <v>79</v>
       </c>
       <c r="H12">
         <v>80</v>
       </c>
       <c r="I12">
         <v>79</v>
       </c>
@@ -5874,54 +6090,72 @@
       </c>
       <c r="EB12">
         <v>175</v>
       </c>
       <c r="EC12">
         <v>179</v>
       </c>
       <c r="ED12">
         <v>173</v>
       </c>
       <c r="EE12">
         <v>180</v>
       </c>
       <c r="EF12">
         <v>184</v>
       </c>
       <c r="EG12">
         <v>182</v>
       </c>
       <c r="EH12">
         <v>180</v>
       </c>
       <c r="EI12">
         <v>175</v>
       </c>
+      <c r="EJ12">
+        <v>177</v>
+      </c>
+      <c r="EK12">
+        <v>177</v>
+      </c>
+      <c r="EL12">
+        <v>183</v>
+      </c>
+      <c r="EM12">
+        <v>185</v>
+      </c>
+      <c r="EN12">
+        <v>191</v>
+      </c>
+      <c r="EO12">
+        <v>194</v>
+      </c>
     </row>
-    <row r="13" spans="1:139">
+    <row r="13" spans="1:145">
       <c r="A13" t="s">
-        <v>150</v>
+        <v>156</v>
       </c>
       <c r="B13">
         <v>26</v>
       </c>
       <c r="C13">
         <v>28</v>
       </c>
       <c r="D13">
         <v>30</v>
       </c>
       <c r="E13">
         <v>31</v>
       </c>
       <c r="F13">
         <v>31</v>
       </c>
       <c r="G13">
         <v>31</v>
       </c>
       <c r="H13">
         <v>31</v>
       </c>
       <c r="I13">
         <v>30</v>
       </c>
@@ -6293,54 +6527,72 @@
       </c>
       <c r="EB13">
         <v>93</v>
       </c>
       <c r="EC13">
         <v>97</v>
       </c>
       <c r="ED13">
         <v>97</v>
       </c>
       <c r="EE13">
         <v>94</v>
       </c>
       <c r="EF13">
         <v>97</v>
       </c>
       <c r="EG13">
         <v>103</v>
       </c>
       <c r="EH13">
         <v>104</v>
       </c>
       <c r="EI13">
         <v>110</v>
       </c>
+      <c r="EJ13">
+        <v>107</v>
+      </c>
+      <c r="EK13">
+        <v>108</v>
+      </c>
+      <c r="EL13">
+        <v>106</v>
+      </c>
+      <c r="EM13">
+        <v>105</v>
+      </c>
+      <c r="EN13">
+        <v>107</v>
+      </c>
+      <c r="EO13">
+        <v>109</v>
+      </c>
     </row>
-    <row r="14" spans="1:139">
+    <row r="14" spans="1:145">
       <c r="A14" t="s">
-        <v>151</v>
+        <v>157</v>
       </c>
       <c r="B14">
         <v>205</v>
       </c>
       <c r="C14">
         <v>204</v>
       </c>
       <c r="D14">
         <v>201</v>
       </c>
       <c r="E14">
         <v>204</v>
       </c>
       <c r="F14">
         <v>200</v>
       </c>
       <c r="G14">
         <v>197</v>
       </c>
       <c r="H14">
         <v>200</v>
       </c>
       <c r="I14">
         <v>204</v>
       </c>
@@ -6712,54 +6964,72 @@
       </c>
       <c r="EB14">
         <v>431</v>
       </c>
       <c r="EC14">
         <v>443</v>
       </c>
       <c r="ED14">
         <v>443</v>
       </c>
       <c r="EE14">
         <v>443</v>
       </c>
       <c r="EF14">
         <v>443</v>
       </c>
       <c r="EG14">
         <v>452</v>
       </c>
       <c r="EH14">
         <v>447</v>
       </c>
       <c r="EI14">
         <v>444</v>
       </c>
+      <c r="EJ14">
+        <v>439</v>
+      </c>
+      <c r="EK14">
+        <v>437</v>
+      </c>
+      <c r="EL14">
+        <v>445</v>
+      </c>
+      <c r="EM14">
+        <v>465</v>
+      </c>
+      <c r="EN14">
+        <v>482</v>
+      </c>
+      <c r="EO14">
+        <v>473</v>
+      </c>
     </row>
-    <row r="15" spans="1:139">
+    <row r="15" spans="1:145">
       <c r="A15" t="s">
-        <v>152</v>
+        <v>158</v>
       </c>
       <c r="B15">
         <v>88</v>
       </c>
       <c r="C15">
         <v>90</v>
       </c>
       <c r="D15">
         <v>88</v>
       </c>
       <c r="E15">
         <v>91</v>
       </c>
       <c r="F15">
         <v>92</v>
       </c>
       <c r="G15">
         <v>94</v>
       </c>
       <c r="H15">
         <v>92</v>
       </c>
       <c r="I15">
         <v>91</v>
       </c>
@@ -7131,54 +7401,72 @@
       </c>
       <c r="EB15">
         <v>245</v>
       </c>
       <c r="EC15">
         <v>246</v>
       </c>
       <c r="ED15">
         <v>246</v>
       </c>
       <c r="EE15">
         <v>248</v>
       </c>
       <c r="EF15">
         <v>251</v>
       </c>
       <c r="EG15">
         <v>257</v>
       </c>
       <c r="EH15">
         <v>250</v>
       </c>
       <c r="EI15">
         <v>248</v>
       </c>
+      <c r="EJ15">
+        <v>253</v>
+      </c>
+      <c r="EK15">
+        <v>257</v>
+      </c>
+      <c r="EL15">
+        <v>267</v>
+      </c>
+      <c r="EM15">
+        <v>267</v>
+      </c>
+      <c r="EN15">
+        <v>275</v>
+      </c>
+      <c r="EO15">
+        <v>270</v>
+      </c>
     </row>
-    <row r="16" spans="1:139">
+    <row r="16" spans="1:145">
       <c r="A16" t="s">
-        <v>153</v>
+        <v>159</v>
       </c>
       <c r="B16">
         <v>97</v>
       </c>
       <c r="C16">
         <v>101</v>
       </c>
       <c r="D16">
         <v>102</v>
       </c>
       <c r="E16">
         <v>102</v>
       </c>
       <c r="F16">
         <v>103</v>
       </c>
       <c r="G16">
         <v>103</v>
       </c>
       <c r="H16">
         <v>105</v>
       </c>
       <c r="I16">
         <v>105</v>
       </c>
@@ -7550,54 +7838,72 @@
       </c>
       <c r="EB16">
         <v>135</v>
       </c>
       <c r="EC16">
         <v>135</v>
       </c>
       <c r="ED16">
         <v>139</v>
       </c>
       <c r="EE16">
         <v>140</v>
       </c>
       <c r="EF16">
         <v>152</v>
       </c>
       <c r="EG16">
         <v>147</v>
       </c>
       <c r="EH16">
         <v>143</v>
       </c>
       <c r="EI16">
         <v>142</v>
       </c>
+      <c r="EJ16">
+        <v>139</v>
+      </c>
+      <c r="EK16">
+        <v>142</v>
+      </c>
+      <c r="EL16">
+        <v>154</v>
+      </c>
+      <c r="EM16">
+        <v>158</v>
+      </c>
+      <c r="EN16">
+        <v>159</v>
+      </c>
+      <c r="EO16">
+        <v>159</v>
+      </c>
     </row>
-    <row r="17" spans="1:139">
+    <row r="17" spans="1:145">
       <c r="A17" t="s">
-        <v>154</v>
+        <v>160</v>
       </c>
       <c r="B17">
         <v>45</v>
       </c>
       <c r="C17">
         <v>47</v>
       </c>
       <c r="D17">
         <v>47</v>
       </c>
       <c r="E17">
         <v>47</v>
       </c>
       <c r="F17">
         <v>50</v>
       </c>
       <c r="G17">
         <v>50</v>
       </c>
       <c r="H17">
         <v>49</v>
       </c>
       <c r="I17">
         <v>49</v>
       </c>
@@ -7969,54 +8275,72 @@
       </c>
       <c r="EB17">
         <v>124</v>
       </c>
       <c r="EC17">
         <v>124</v>
       </c>
       <c r="ED17">
         <v>128</v>
       </c>
       <c r="EE17">
         <v>126</v>
       </c>
       <c r="EF17">
         <v>136</v>
       </c>
       <c r="EG17">
         <v>142</v>
       </c>
       <c r="EH17">
         <v>143</v>
       </c>
       <c r="EI17">
         <v>143</v>
       </c>
+      <c r="EJ17">
+        <v>141</v>
+      </c>
+      <c r="EK17">
+        <v>148</v>
+      </c>
+      <c r="EL17">
+        <v>149</v>
+      </c>
+      <c r="EM17">
+        <v>145</v>
+      </c>
+      <c r="EN17">
+        <v>149</v>
+      </c>
+      <c r="EO17">
+        <v>149</v>
+      </c>
     </row>
-    <row r="18" spans="1:139">
+    <row r="18" spans="1:145">
       <c r="A18" t="s">
-        <v>155</v>
+        <v>161</v>
       </c>
       <c r="B18">
         <v>64</v>
       </c>
       <c r="C18">
         <v>64</v>
       </c>
       <c r="D18">
         <v>62</v>
       </c>
       <c r="E18">
         <v>65</v>
       </c>
       <c r="F18">
         <v>66</v>
       </c>
       <c r="G18">
         <v>68</v>
       </c>
       <c r="H18">
         <v>68</v>
       </c>
       <c r="I18">
         <v>68</v>
       </c>
@@ -8388,54 +8712,72 @@
       </c>
       <c r="EB18">
         <v>88</v>
       </c>
       <c r="EC18">
         <v>94</v>
       </c>
       <c r="ED18">
         <v>94</v>
       </c>
       <c r="EE18">
         <v>94</v>
       </c>
       <c r="EF18">
         <v>105</v>
       </c>
       <c r="EG18">
         <v>106</v>
       </c>
       <c r="EH18">
         <v>112</v>
       </c>
       <c r="EI18">
         <v>114</v>
       </c>
+      <c r="EJ18">
+        <v>119</v>
+      </c>
+      <c r="EK18">
+        <v>125</v>
+      </c>
+      <c r="EL18">
+        <v>136</v>
+      </c>
+      <c r="EM18">
+        <v>139</v>
+      </c>
+      <c r="EN18">
+        <v>142</v>
+      </c>
+      <c r="EO18">
+        <v>139</v>
+      </c>
     </row>
-    <row r="19" spans="1:139">
+    <row r="19" spans="1:145">
       <c r="A19" t="s">
-        <v>156</v>
+        <v>162</v>
       </c>
       <c r="B19">
         <v>82</v>
       </c>
       <c r="C19">
         <v>84</v>
       </c>
       <c r="D19">
         <v>83</v>
       </c>
       <c r="E19">
         <v>82</v>
       </c>
       <c r="F19">
         <v>80</v>
       </c>
       <c r="G19">
         <v>80</v>
       </c>
       <c r="H19">
         <v>81</v>
       </c>
       <c r="I19">
         <v>80</v>
       </c>
@@ -8807,54 +9149,72 @@
       </c>
       <c r="EB19">
         <v>223</v>
       </c>
       <c r="EC19">
         <v>233</v>
       </c>
       <c r="ED19">
         <v>235</v>
       </c>
       <c r="EE19">
         <v>241</v>
       </c>
       <c r="EF19">
         <v>254</v>
       </c>
       <c r="EG19">
         <v>267</v>
       </c>
       <c r="EH19">
         <v>272</v>
       </c>
       <c r="EI19">
         <v>274</v>
       </c>
+      <c r="EJ19">
+        <v>280</v>
+      </c>
+      <c r="EK19">
+        <v>282</v>
+      </c>
+      <c r="EL19">
+        <v>277</v>
+      </c>
+      <c r="EM19">
+        <v>280</v>
+      </c>
+      <c r="EN19">
+        <v>280</v>
+      </c>
+      <c r="EO19">
+        <v>271</v>
+      </c>
     </row>
-    <row r="20" spans="1:139">
+    <row r="20" spans="1:145">
       <c r="A20" t="s">
-        <v>157</v>
+        <v>163</v>
       </c>
       <c r="B20">
         <v>28</v>
       </c>
       <c r="C20">
         <v>27</v>
       </c>
       <c r="D20">
         <v>25</v>
       </c>
       <c r="E20">
         <v>25</v>
       </c>
       <c r="F20">
         <v>24</v>
       </c>
       <c r="G20">
         <v>24</v>
       </c>
       <c r="H20">
         <v>24</v>
       </c>
       <c r="I20">
         <v>24</v>
       </c>
@@ -9226,54 +9586,72 @@
       </c>
       <c r="EB20">
         <v>104</v>
       </c>
       <c r="EC20">
         <v>110</v>
       </c>
       <c r="ED20">
         <v>110</v>
       </c>
       <c r="EE20">
         <v>116</v>
       </c>
       <c r="EF20">
         <v>121</v>
       </c>
       <c r="EG20">
         <v>124</v>
       </c>
       <c r="EH20">
         <v>132</v>
       </c>
       <c r="EI20">
         <v>137</v>
       </c>
+      <c r="EJ20">
+        <v>140</v>
+      </c>
+      <c r="EK20">
+        <v>145</v>
+      </c>
+      <c r="EL20">
+        <v>146</v>
+      </c>
+      <c r="EM20">
+        <v>147</v>
+      </c>
+      <c r="EN20">
+        <v>147</v>
+      </c>
+      <c r="EO20">
+        <v>147</v>
+      </c>
     </row>
-    <row r="21" spans="1:139">
+    <row r="21" spans="1:145">
       <c r="A21" t="s">
-        <v>158</v>
+        <v>164</v>
       </c>
       <c r="B21">
         <v>0</v>
       </c>
       <c r="C21">
         <v>0</v>
       </c>
       <c r="D21">
         <v>0</v>
       </c>
       <c r="E21">
         <v>0</v>
       </c>
       <c r="F21">
         <v>0</v>
       </c>
       <c r="G21">
         <v>0</v>
       </c>
       <c r="H21">
         <v>0</v>
       </c>
       <c r="I21">
         <v>0</v>
       </c>
@@ -9645,54 +10023,72 @@
       </c>
       <c r="EB21">
         <v>0</v>
       </c>
       <c r="EC21">
         <v>0</v>
       </c>
       <c r="ED21">
         <v>0</v>
       </c>
       <c r="EE21">
         <v>0</v>
       </c>
       <c r="EF21">
         <v>0</v>
       </c>
       <c r="EG21">
         <v>0</v>
       </c>
       <c r="EH21">
         <v>0</v>
       </c>
       <c r="EI21">
         <v>0</v>
       </c>
+      <c r="EJ21">
+        <v>0</v>
+      </c>
+      <c r="EK21">
+        <v>1</v>
+      </c>
+      <c r="EL21">
+        <v>0</v>
+      </c>
+      <c r="EM21">
+        <v>0</v>
+      </c>
+      <c r="EN21">
+        <v>0</v>
+      </c>
+      <c r="EO21">
+        <v>0</v>
+      </c>
     </row>
-    <row r="22" spans="1:139">
+    <row r="22" spans="1:145">
       <c r="A22" t="s">
-        <v>159</v>
+        <v>165</v>
       </c>
       <c r="B22">
         <v>2.687</v>
       </c>
       <c r="C22">
         <v>2.684</v>
       </c>
       <c r="D22">
         <v>2.658</v>
       </c>
       <c r="E22">
         <v>2.675</v>
       </c>
       <c r="F22">
         <v>2.673</v>
       </c>
       <c r="G22">
         <v>2.649</v>
       </c>
       <c r="H22">
         <v>2.672</v>
       </c>
       <c r="I22">
         <v>2.675</v>
       </c>
@@ -10063,50 +10459,68 @@
         <v>4.508</v>
       </c>
       <c r="EB22">
         <v>4.652</v>
       </c>
       <c r="EC22">
         <v>4.744</v>
       </c>
       <c r="ED22">
         <v>4.77</v>
       </c>
       <c r="EE22">
         <v>4.934</v>
       </c>
       <c r="EF22">
         <v>5.065</v>
       </c>
       <c r="EG22">
         <v>5.192</v>
       </c>
       <c r="EH22">
         <v>5.358</v>
       </c>
       <c r="EI22">
         <v>5.404</v>
+      </c>
+      <c r="EJ22">
+        <v>5.463</v>
+      </c>
+      <c r="EK22">
+        <v>5.482</v>
+      </c>
+      <c r="EL22">
+        <v>5.559</v>
+      </c>
+      <c r="EM22">
+        <v>5.579</v>
+      </c>
+      <c r="EN22">
+        <v>5.649</v>
+      </c>
+      <c r="EO22">
+        <v>5.609</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>