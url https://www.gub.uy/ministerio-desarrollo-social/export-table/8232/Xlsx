--- v1 (2026-02-04)
+++ v2 (2026-03-03)
@@ -857,59 +857,59 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:EO22"/>
+  <dimension ref="A1:EQ22"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
-    <row r="1" spans="1:145">
+    <row r="1" spans="1:147">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
@@ -1302,51 +1302,51 @@
       <c r="EH1" t="s">
         <v>137</v>
       </c>
       <c r="EI1" t="s">
         <v>138</v>
       </c>
       <c r="EJ1" t="s">
         <v>139</v>
       </c>
       <c r="EK1" t="s">
         <v>140</v>
       </c>
       <c r="EL1" t="s">
         <v>141</v>
       </c>
       <c r="EM1" t="s">
         <v>142</v>
       </c>
       <c r="EN1" t="s">
         <v>143</v>
       </c>
       <c r="EO1" t="s">
         <v>144</v>
       </c>
     </row>
-    <row r="2" spans="1:145">
+    <row r="2" spans="1:147">
       <c r="A2" t="s">
         <v>145</v>
       </c>
       <c r="B2">
         <v>124</v>
       </c>
       <c r="C2">
         <v>130</v>
       </c>
       <c r="D2">
         <v>128</v>
       </c>
       <c r="E2">
         <v>126</v>
       </c>
       <c r="F2">
         <v>130</v>
       </c>
       <c r="G2">
         <v>125</v>
       </c>
       <c r="H2">
         <v>128</v>
       </c>
       <c r="I2">
@@ -1738,52 +1738,58 @@
       </c>
       <c r="EH2">
         <v>143</v>
       </c>
       <c r="EI2">
         <v>140</v>
       </c>
       <c r="EJ2">
         <v>144</v>
       </c>
       <c r="EK2">
         <v>150</v>
       </c>
       <c r="EL2">
         <v>155</v>
       </c>
       <c r="EM2">
         <v>156</v>
       </c>
       <c r="EN2">
         <v>156</v>
       </c>
       <c r="EO2">
         <v>156</v>
       </c>
+      <c r="EP2">
+        <v>0</v>
+      </c>
+      <c r="EQ2">
+        <v>0</v>
+      </c>
     </row>
-    <row r="3" spans="1:145">
+    <row r="3" spans="1:147">
       <c r="A3" t="s">
         <v>146</v>
       </c>
       <c r="B3">
         <v>233</v>
       </c>
       <c r="C3">
         <v>240</v>
       </c>
       <c r="D3">
         <v>234</v>
       </c>
       <c r="E3">
         <v>228</v>
       </c>
       <c r="F3">
         <v>223</v>
       </c>
       <c r="G3">
         <v>226</v>
       </c>
       <c r="H3">
         <v>235</v>
       </c>
       <c r="I3">
@@ -2175,52 +2181,58 @@
       </c>
       <c r="EH3">
         <v>855</v>
       </c>
       <c r="EI3">
         <v>883</v>
       </c>
       <c r="EJ3">
         <v>889</v>
       </c>
       <c r="EK3">
         <v>881</v>
       </c>
       <c r="EL3">
         <v>895</v>
       </c>
       <c r="EM3">
         <v>876</v>
       </c>
       <c r="EN3">
         <v>860</v>
       </c>
       <c r="EO3">
         <v>848</v>
       </c>
+      <c r="EP3">
+        <v>0</v>
+      </c>
+      <c r="EQ3">
+        <v>0</v>
+      </c>
     </row>
-    <row r="4" spans="1:145">
+    <row r="4" spans="1:147">
       <c r="A4" t="s">
         <v>147</v>
       </c>
       <c r="B4">
         <v>156</v>
       </c>
       <c r="C4">
         <v>153</v>
       </c>
       <c r="D4">
         <v>156</v>
       </c>
       <c r="E4">
         <v>157</v>
       </c>
       <c r="F4">
         <v>158</v>
       </c>
       <c r="G4">
         <v>156</v>
       </c>
       <c r="H4">
         <v>153</v>
       </c>
       <c r="I4">
@@ -2612,52 +2624,58 @@
       </c>
       <c r="EH4">
         <v>351</v>
       </c>
       <c r="EI4">
         <v>352</v>
       </c>
       <c r="EJ4">
         <v>365</v>
       </c>
       <c r="EK4">
         <v>365</v>
       </c>
       <c r="EL4">
         <v>372</v>
       </c>
       <c r="EM4">
         <v>371</v>
       </c>
       <c r="EN4">
         <v>376</v>
       </c>
       <c r="EO4">
         <v>377</v>
       </c>
+      <c r="EP4">
+        <v>0</v>
+      </c>
+      <c r="EQ4">
+        <v>0</v>
+      </c>
     </row>
-    <row r="5" spans="1:145">
+    <row r="5" spans="1:147">
       <c r="A5" t="s">
         <v>148</v>
       </c>
       <c r="B5">
         <v>25</v>
       </c>
       <c r="C5">
         <v>25</v>
       </c>
       <c r="D5">
         <v>25</v>
       </c>
       <c r="E5">
         <v>25</v>
       </c>
       <c r="F5">
         <v>26</v>
       </c>
       <c r="G5">
         <v>28</v>
       </c>
       <c r="H5">
         <v>29</v>
       </c>
       <c r="I5">
@@ -3049,52 +3067,58 @@
       </c>
       <c r="EH5">
         <v>173</v>
       </c>
       <c r="EI5">
         <v>177</v>
       </c>
       <c r="EJ5">
         <v>182</v>
       </c>
       <c r="EK5">
         <v>182</v>
       </c>
       <c r="EL5">
         <v>189</v>
       </c>
       <c r="EM5">
         <v>192</v>
       </c>
       <c r="EN5">
         <v>196</v>
       </c>
       <c r="EO5">
         <v>192</v>
       </c>
+      <c r="EP5">
+        <v>0</v>
+      </c>
+      <c r="EQ5">
+        <v>0</v>
+      </c>
     </row>
-    <row r="6" spans="1:145">
+    <row r="6" spans="1:147">
       <c r="A6" t="s">
         <v>149</v>
       </c>
       <c r="B6">
         <v>23</v>
       </c>
       <c r="C6">
         <v>25</v>
       </c>
       <c r="D6">
         <v>27</v>
       </c>
       <c r="E6">
         <v>28</v>
       </c>
       <c r="F6">
         <v>30</v>
       </c>
       <c r="G6">
         <v>30</v>
       </c>
       <c r="H6">
         <v>29</v>
       </c>
       <c r="I6">
@@ -3486,52 +3510,58 @@
       </c>
       <c r="EH6">
         <v>132</v>
       </c>
       <c r="EI6">
         <v>126</v>
       </c>
       <c r="EJ6">
         <v>123</v>
       </c>
       <c r="EK6">
         <v>127</v>
       </c>
       <c r="EL6">
         <v>124</v>
       </c>
       <c r="EM6">
         <v>125</v>
       </c>
       <c r="EN6">
         <v>126</v>
       </c>
       <c r="EO6">
         <v>126</v>
       </c>
+      <c r="EP6">
+        <v>0</v>
+      </c>
+      <c r="EQ6">
+        <v>0</v>
+      </c>
     </row>
-    <row r="7" spans="1:145">
+    <row r="7" spans="1:147">
       <c r="A7" t="s">
         <v>150</v>
       </c>
       <c r="B7">
         <v>11</v>
       </c>
       <c r="C7">
         <v>11</v>
       </c>
       <c r="D7">
         <v>11</v>
       </c>
       <c r="E7">
         <v>11</v>
       </c>
       <c r="F7">
         <v>11</v>
       </c>
       <c r="G7">
         <v>11</v>
       </c>
       <c r="H7">
         <v>11</v>
       </c>
       <c r="I7">
@@ -3923,52 +3953,58 @@
       </c>
       <c r="EH7">
         <v>20</v>
       </c>
       <c r="EI7">
         <v>20</v>
       </c>
       <c r="EJ7">
         <v>20</v>
       </c>
       <c r="EK7">
         <v>18</v>
       </c>
       <c r="EL7">
         <v>18</v>
       </c>
       <c r="EM7">
         <v>19</v>
       </c>
       <c r="EN7">
         <v>19</v>
       </c>
       <c r="EO7">
         <v>17</v>
       </c>
+      <c r="EP7">
+        <v>0</v>
+      </c>
+      <c r="EQ7">
+        <v>0</v>
+      </c>
     </row>
-    <row r="8" spans="1:145">
+    <row r="8" spans="1:147">
       <c r="A8" t="s">
         <v>151</v>
       </c>
       <c r="B8">
         <v>26</v>
       </c>
       <c r="C8">
         <v>28</v>
       </c>
       <c r="D8">
         <v>27</v>
       </c>
       <c r="E8">
         <v>26</v>
       </c>
       <c r="F8">
         <v>26</v>
       </c>
       <c r="G8">
         <v>26</v>
       </c>
       <c r="H8">
         <v>27</v>
       </c>
       <c r="I8">
@@ -4360,52 +4396,58 @@
       </c>
       <c r="EH8">
         <v>70</v>
       </c>
       <c r="EI8">
         <v>69</v>
       </c>
       <c r="EJ8">
         <v>70</v>
       </c>
       <c r="EK8">
         <v>72</v>
       </c>
       <c r="EL8">
         <v>70</v>
       </c>
       <c r="EM8">
         <v>70</v>
       </c>
       <c r="EN8">
         <v>74</v>
       </c>
       <c r="EO8">
         <v>72</v>
       </c>
+      <c r="EP8">
+        <v>0</v>
+      </c>
+      <c r="EQ8">
+        <v>0</v>
+      </c>
     </row>
-    <row r="9" spans="1:145">
+    <row r="9" spans="1:147">
       <c r="A9" t="s">
         <v>152</v>
       </c>
       <c r="B9">
         <v>28</v>
       </c>
       <c r="C9">
         <v>29</v>
       </c>
       <c r="D9">
         <v>29</v>
       </c>
       <c r="E9">
         <v>29</v>
       </c>
       <c r="F9">
         <v>29</v>
       </c>
       <c r="G9">
         <v>29</v>
       </c>
       <c r="H9">
         <v>29</v>
       </c>
       <c r="I9">
@@ -4797,52 +4839,58 @@
       </c>
       <c r="EH9">
         <v>56</v>
       </c>
       <c r="EI9">
         <v>56</v>
       </c>
       <c r="EJ9">
         <v>56</v>
       </c>
       <c r="EK9">
         <v>55</v>
       </c>
       <c r="EL9">
         <v>59</v>
       </c>
       <c r="EM9">
         <v>62</v>
       </c>
       <c r="EN9">
         <v>63</v>
       </c>
       <c r="EO9">
         <v>65</v>
       </c>
+      <c r="EP9">
+        <v>0</v>
+      </c>
+      <c r="EQ9">
+        <v>0</v>
+      </c>
     </row>
-    <row r="10" spans="1:145">
+    <row r="10" spans="1:147">
       <c r="A10" t="s">
         <v>153</v>
       </c>
       <c r="B10">
         <v>83</v>
       </c>
       <c r="C10">
         <v>80</v>
       </c>
       <c r="D10">
         <v>79</v>
       </c>
       <c r="E10">
         <v>81</v>
       </c>
       <c r="F10">
         <v>82</v>
       </c>
       <c r="G10">
         <v>84</v>
       </c>
       <c r="H10">
         <v>78</v>
       </c>
       <c r="I10">
@@ -5234,52 +5282,58 @@
       </c>
       <c r="EH10">
         <v>214</v>
       </c>
       <c r="EI10">
         <v>205</v>
       </c>
       <c r="EJ10">
         <v>203</v>
       </c>
       <c r="EK10">
         <v>202</v>
       </c>
       <c r="EL10">
         <v>204</v>
       </c>
       <c r="EM10">
         <v>206</v>
       </c>
       <c r="EN10">
         <v>206</v>
       </c>
       <c r="EO10">
         <v>208</v>
       </c>
+      <c r="EP10">
+        <v>0</v>
+      </c>
+      <c r="EQ10">
+        <v>0</v>
+      </c>
     </row>
-    <row r="11" spans="1:145">
+    <row r="11" spans="1:147">
       <c r="A11" t="s">
         <v>154</v>
       </c>
       <c r="B11">
         <v>1.26</v>
       </c>
       <c r="C11">
         <v>1.24</v>
       </c>
       <c r="D11">
         <v>1.223</v>
       </c>
       <c r="E11">
         <v>1.239</v>
       </c>
       <c r="F11">
         <v>1.232</v>
       </c>
       <c r="G11">
         <v>1.208</v>
       </c>
       <c r="H11">
         <v>1.223</v>
       </c>
       <c r="I11">
@@ -5671,52 +5725,58 @@
       </c>
       <c r="EH11">
         <v>1.561</v>
       </c>
       <c r="EI11">
         <v>1.589</v>
       </c>
       <c r="EJ11">
         <v>1.616</v>
       </c>
       <c r="EK11">
         <v>1.608</v>
       </c>
       <c r="EL11">
         <v>1.61</v>
       </c>
       <c r="EM11">
         <v>1.611</v>
       </c>
       <c r="EN11">
         <v>1.641</v>
       </c>
       <c r="EO11">
         <v>1.637</v>
       </c>
+      <c r="EP11">
+        <v>0</v>
+      </c>
+      <c r="EQ11">
+        <v>0</v>
+      </c>
     </row>
-    <row r="12" spans="1:145">
+    <row r="12" spans="1:147">
       <c r="A12" t="s">
         <v>155</v>
       </c>
       <c r="B12">
         <v>83</v>
       </c>
       <c r="C12">
         <v>78</v>
       </c>
       <c r="D12">
         <v>81</v>
       </c>
       <c r="E12">
         <v>78</v>
       </c>
       <c r="F12">
         <v>80</v>
       </c>
       <c r="G12">
         <v>79</v>
       </c>
       <c r="H12">
         <v>80</v>
       </c>
       <c r="I12">
@@ -6108,52 +6168,58 @@
       </c>
       <c r="EH12">
         <v>180</v>
       </c>
       <c r="EI12">
         <v>175</v>
       </c>
       <c r="EJ12">
         <v>177</v>
       </c>
       <c r="EK12">
         <v>177</v>
       </c>
       <c r="EL12">
         <v>183</v>
       </c>
       <c r="EM12">
         <v>185</v>
       </c>
       <c r="EN12">
         <v>191</v>
       </c>
       <c r="EO12">
         <v>194</v>
       </c>
+      <c r="EP12">
+        <v>0</v>
+      </c>
+      <c r="EQ12">
+        <v>0</v>
+      </c>
     </row>
-    <row r="13" spans="1:145">
+    <row r="13" spans="1:147">
       <c r="A13" t="s">
         <v>156</v>
       </c>
       <c r="B13">
         <v>26</v>
       </c>
       <c r="C13">
         <v>28</v>
       </c>
       <c r="D13">
         <v>30</v>
       </c>
       <c r="E13">
         <v>31</v>
       </c>
       <c r="F13">
         <v>31</v>
       </c>
       <c r="G13">
         <v>31</v>
       </c>
       <c r="H13">
         <v>31</v>
       </c>
       <c r="I13">
@@ -6545,52 +6611,58 @@
       </c>
       <c r="EH13">
         <v>104</v>
       </c>
       <c r="EI13">
         <v>110</v>
       </c>
       <c r="EJ13">
         <v>107</v>
       </c>
       <c r="EK13">
         <v>108</v>
       </c>
       <c r="EL13">
         <v>106</v>
       </c>
       <c r="EM13">
         <v>105</v>
       </c>
       <c r="EN13">
         <v>107</v>
       </c>
       <c r="EO13">
         <v>109</v>
       </c>
+      <c r="EP13">
+        <v>0</v>
+      </c>
+      <c r="EQ13">
+        <v>0</v>
+      </c>
     </row>
-    <row r="14" spans="1:145">
+    <row r="14" spans="1:147">
       <c r="A14" t="s">
         <v>157</v>
       </c>
       <c r="B14">
         <v>205</v>
       </c>
       <c r="C14">
         <v>204</v>
       </c>
       <c r="D14">
         <v>201</v>
       </c>
       <c r="E14">
         <v>204</v>
       </c>
       <c r="F14">
         <v>200</v>
       </c>
       <c r="G14">
         <v>197</v>
       </c>
       <c r="H14">
         <v>200</v>
       </c>
       <c r="I14">
@@ -6982,52 +7054,58 @@
       </c>
       <c r="EH14">
         <v>447</v>
       </c>
       <c r="EI14">
         <v>444</v>
       </c>
       <c r="EJ14">
         <v>439</v>
       </c>
       <c r="EK14">
         <v>437</v>
       </c>
       <c r="EL14">
         <v>445</v>
       </c>
       <c r="EM14">
         <v>465</v>
       </c>
       <c r="EN14">
         <v>482</v>
       </c>
       <c r="EO14">
         <v>473</v>
       </c>
+      <c r="EP14">
+        <v>0</v>
+      </c>
+      <c r="EQ14">
+        <v>0</v>
+      </c>
     </row>
-    <row r="15" spans="1:145">
+    <row r="15" spans="1:147">
       <c r="A15" t="s">
         <v>158</v>
       </c>
       <c r="B15">
         <v>88</v>
       </c>
       <c r="C15">
         <v>90</v>
       </c>
       <c r="D15">
         <v>88</v>
       </c>
       <c r="E15">
         <v>91</v>
       </c>
       <c r="F15">
         <v>92</v>
       </c>
       <c r="G15">
         <v>94</v>
       </c>
       <c r="H15">
         <v>92</v>
       </c>
       <c r="I15">
@@ -7419,52 +7497,58 @@
       </c>
       <c r="EH15">
         <v>250</v>
       </c>
       <c r="EI15">
         <v>248</v>
       </c>
       <c r="EJ15">
         <v>253</v>
       </c>
       <c r="EK15">
         <v>257</v>
       </c>
       <c r="EL15">
         <v>267</v>
       </c>
       <c r="EM15">
         <v>267</v>
       </c>
       <c r="EN15">
         <v>275</v>
       </c>
       <c r="EO15">
         <v>270</v>
       </c>
+      <c r="EP15">
+        <v>0</v>
+      </c>
+      <c r="EQ15">
+        <v>0</v>
+      </c>
     </row>
-    <row r="16" spans="1:145">
+    <row r="16" spans="1:147">
       <c r="A16" t="s">
         <v>159</v>
       </c>
       <c r="B16">
         <v>97</v>
       </c>
       <c r="C16">
         <v>101</v>
       </c>
       <c r="D16">
         <v>102</v>
       </c>
       <c r="E16">
         <v>102</v>
       </c>
       <c r="F16">
         <v>103</v>
       </c>
       <c r="G16">
         <v>103</v>
       </c>
       <c r="H16">
         <v>105</v>
       </c>
       <c r="I16">
@@ -7856,52 +7940,58 @@
       </c>
       <c r="EH16">
         <v>143</v>
       </c>
       <c r="EI16">
         <v>142</v>
       </c>
       <c r="EJ16">
         <v>139</v>
       </c>
       <c r="EK16">
         <v>142</v>
       </c>
       <c r="EL16">
         <v>154</v>
       </c>
       <c r="EM16">
         <v>158</v>
       </c>
       <c r="EN16">
         <v>159</v>
       </c>
       <c r="EO16">
         <v>159</v>
       </c>
+      <c r="EP16">
+        <v>0</v>
+      </c>
+      <c r="EQ16">
+        <v>0</v>
+      </c>
     </row>
-    <row r="17" spans="1:145">
+    <row r="17" spans="1:147">
       <c r="A17" t="s">
         <v>160</v>
       </c>
       <c r="B17">
         <v>45</v>
       </c>
       <c r="C17">
         <v>47</v>
       </c>
       <c r="D17">
         <v>47</v>
       </c>
       <c r="E17">
         <v>47</v>
       </c>
       <c r="F17">
         <v>50</v>
       </c>
       <c r="G17">
         <v>50</v>
       </c>
       <c r="H17">
         <v>49</v>
       </c>
       <c r="I17">
@@ -8293,52 +8383,58 @@
       </c>
       <c r="EH17">
         <v>143</v>
       </c>
       <c r="EI17">
         <v>143</v>
       </c>
       <c r="EJ17">
         <v>141</v>
       </c>
       <c r="EK17">
         <v>148</v>
       </c>
       <c r="EL17">
         <v>149</v>
       </c>
       <c r="EM17">
         <v>145</v>
       </c>
       <c r="EN17">
         <v>149</v>
       </c>
       <c r="EO17">
         <v>149</v>
       </c>
+      <c r="EP17">
+        <v>0</v>
+      </c>
+      <c r="EQ17">
+        <v>0</v>
+      </c>
     </row>
-    <row r="18" spans="1:145">
+    <row r="18" spans="1:147">
       <c r="A18" t="s">
         <v>161</v>
       </c>
       <c r="B18">
         <v>64</v>
       </c>
       <c r="C18">
         <v>64</v>
       </c>
       <c r="D18">
         <v>62</v>
       </c>
       <c r="E18">
         <v>65</v>
       </c>
       <c r="F18">
         <v>66</v>
       </c>
       <c r="G18">
         <v>68</v>
       </c>
       <c r="H18">
         <v>68</v>
       </c>
       <c r="I18">
@@ -8730,52 +8826,58 @@
       </c>
       <c r="EH18">
         <v>112</v>
       </c>
       <c r="EI18">
         <v>114</v>
       </c>
       <c r="EJ18">
         <v>119</v>
       </c>
       <c r="EK18">
         <v>125</v>
       </c>
       <c r="EL18">
         <v>136</v>
       </c>
       <c r="EM18">
         <v>139</v>
       </c>
       <c r="EN18">
         <v>142</v>
       </c>
       <c r="EO18">
         <v>139</v>
       </c>
+      <c r="EP18">
+        <v>0</v>
+      </c>
+      <c r="EQ18">
+        <v>0</v>
+      </c>
     </row>
-    <row r="19" spans="1:145">
+    <row r="19" spans="1:147">
       <c r="A19" t="s">
         <v>162</v>
       </c>
       <c r="B19">
         <v>82</v>
       </c>
       <c r="C19">
         <v>84</v>
       </c>
       <c r="D19">
         <v>83</v>
       </c>
       <c r="E19">
         <v>82</v>
       </c>
       <c r="F19">
         <v>80</v>
       </c>
       <c r="G19">
         <v>80</v>
       </c>
       <c r="H19">
         <v>81</v>
       </c>
       <c r="I19">
@@ -9167,52 +9269,58 @@
       </c>
       <c r="EH19">
         <v>272</v>
       </c>
       <c r="EI19">
         <v>274</v>
       </c>
       <c r="EJ19">
         <v>280</v>
       </c>
       <c r="EK19">
         <v>282</v>
       </c>
       <c r="EL19">
         <v>277</v>
       </c>
       <c r="EM19">
         <v>280</v>
       </c>
       <c r="EN19">
         <v>280</v>
       </c>
       <c r="EO19">
         <v>271</v>
       </c>
+      <c r="EP19">
+        <v>0</v>
+      </c>
+      <c r="EQ19">
+        <v>0</v>
+      </c>
     </row>
-    <row r="20" spans="1:145">
+    <row r="20" spans="1:147">
       <c r="A20" t="s">
         <v>163</v>
       </c>
       <c r="B20">
         <v>28</v>
       </c>
       <c r="C20">
         <v>27</v>
       </c>
       <c r="D20">
         <v>25</v>
       </c>
       <c r="E20">
         <v>25</v>
       </c>
       <c r="F20">
         <v>24</v>
       </c>
       <c r="G20">
         <v>24</v>
       </c>
       <c r="H20">
         <v>24</v>
       </c>
       <c r="I20">
@@ -9604,52 +9712,58 @@
       </c>
       <c r="EH20">
         <v>132</v>
       </c>
       <c r="EI20">
         <v>137</v>
       </c>
       <c r="EJ20">
         <v>140</v>
       </c>
       <c r="EK20">
         <v>145</v>
       </c>
       <c r="EL20">
         <v>146</v>
       </c>
       <c r="EM20">
         <v>147</v>
       </c>
       <c r="EN20">
         <v>147</v>
       </c>
       <c r="EO20">
         <v>147</v>
       </c>
+      <c r="EP20">
+        <v>0</v>
+      </c>
+      <c r="EQ20">
+        <v>0</v>
+      </c>
     </row>
-    <row r="21" spans="1:145">
+    <row r="21" spans="1:147">
       <c r="A21" t="s">
         <v>164</v>
       </c>
       <c r="B21">
         <v>0</v>
       </c>
       <c r="C21">
         <v>0</v>
       </c>
       <c r="D21">
         <v>0</v>
       </c>
       <c r="E21">
         <v>0</v>
       </c>
       <c r="F21">
         <v>0</v>
       </c>
       <c r="G21">
         <v>0</v>
       </c>
       <c r="H21">
         <v>0</v>
       </c>
       <c r="I21">
@@ -10041,52 +10155,58 @@
       </c>
       <c r="EH21">
         <v>0</v>
       </c>
       <c r="EI21">
         <v>0</v>
       </c>
       <c r="EJ21">
         <v>0</v>
       </c>
       <c r="EK21">
         <v>1</v>
       </c>
       <c r="EL21">
         <v>0</v>
       </c>
       <c r="EM21">
         <v>0</v>
       </c>
       <c r="EN21">
         <v>0</v>
       </c>
       <c r="EO21">
         <v>0</v>
       </c>
+      <c r="EP21">
+        <v>0</v>
+      </c>
+      <c r="EQ21">
+        <v>0</v>
+      </c>
     </row>
-    <row r="22" spans="1:145">
+    <row r="22" spans="1:147">
       <c r="A22" t="s">
         <v>165</v>
       </c>
       <c r="B22">
         <v>2.687</v>
       </c>
       <c r="C22">
         <v>2.684</v>
       </c>
       <c r="D22">
         <v>2.658</v>
       </c>
       <c r="E22">
         <v>2.675</v>
       </c>
       <c r="F22">
         <v>2.673</v>
       </c>
       <c r="G22">
         <v>2.649</v>
       </c>
       <c r="H22">
         <v>2.672</v>
       </c>
       <c r="I22">
@@ -10477,50 +10597,56 @@
         <v>5.192</v>
       </c>
       <c r="EH22">
         <v>5.358</v>
       </c>
       <c r="EI22">
         <v>5.404</v>
       </c>
       <c r="EJ22">
         <v>5.463</v>
       </c>
       <c r="EK22">
         <v>5.482</v>
       </c>
       <c r="EL22">
         <v>5.559</v>
       </c>
       <c r="EM22">
         <v>5.579</v>
       </c>
       <c r="EN22">
         <v>5.649</v>
       </c>
       <c r="EO22">
         <v>5.609</v>
+      </c>
+      <c r="EP22">
+        <v>0</v>
+      </c>
+      <c r="EQ22">
+        <v>0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>