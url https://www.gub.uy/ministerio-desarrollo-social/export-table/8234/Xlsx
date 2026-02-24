--- v0 (2025-12-24)
+++ v1 (2026-02-24)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="88">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="94">
   <si>
     <t>Sexo</t>
   </si>
   <si>
     <t>jul-2018</t>
   </si>
   <si>
     <t>ago-2018</t>
   </si>
   <si>
     <t>set-2018</t>
   </si>
   <si>
     <t>oct-2018</t>
   </si>
   <si>
     <t>nov-2018</t>
   </si>
   <si>
     <t>dic-2018</t>
   </si>
   <si>
     <t>ene-2019</t>
   </si>
   <si>
@@ -267,50 +267,68 @@
     <t>oct-2024</t>
   </si>
   <si>
     <t>nov-2024</t>
   </si>
   <si>
     <t>dic-2024</t>
   </si>
   <si>
     <t>ene-2025</t>
   </si>
   <si>
     <t>feb-2025</t>
   </si>
   <si>
     <t>mar-2025</t>
   </si>
   <si>
     <t>abr-2025</t>
   </si>
   <si>
     <t>may-2025</t>
   </si>
   <si>
     <t>jun-2025</t>
+  </si>
+  <si>
+    <t>jul-2025</t>
+  </si>
+  <si>
+    <t>ago-2025</t>
+  </si>
+  <si>
+    <t>set-2025</t>
+  </si>
+  <si>
+    <t>oct-2025</t>
+  </si>
+  <si>
+    <t>nov-2025</t>
+  </si>
+  <si>
+    <t>dic-2025</t>
   </si>
   <si>
     <t>Varones</t>
   </si>
   <si>
     <t>Mujeres</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -623,59 +641,59 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:CG4"/>
+  <dimension ref="A1:CN4"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
-    <row r="1" spans="1:85">
+    <row r="1" spans="1:92">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
@@ -887,54 +905,72 @@
       </c>
       <c r="BZ1" t="s">
         <v>77</v>
       </c>
       <c r="CA1" t="s">
         <v>78</v>
       </c>
       <c r="CB1" t="s">
         <v>79</v>
       </c>
       <c r="CC1" t="s">
         <v>80</v>
       </c>
       <c r="CD1" t="s">
         <v>81</v>
       </c>
       <c r="CE1" t="s">
         <v>82</v>
       </c>
       <c r="CF1" t="s">
         <v>83</v>
       </c>
       <c r="CG1" t="s">
         <v>84</v>
       </c>
+      <c r="CH1" t="s">
+        <v>85</v>
+      </c>
+      <c r="CI1" t="s">
+        <v>86</v>
+      </c>
+      <c r="CJ1" t="s">
+        <v>87</v>
+      </c>
+      <c r="CK1" t="s">
+        <v>88</v>
+      </c>
+      <c r="CL1" t="s">
+        <v>89</v>
+      </c>
+      <c r="CM1" t="s">
+        <v>90</v>
+      </c>
     </row>
-    <row r="2" spans="1:85">
+    <row r="2" spans="1:92">
       <c r="A2" t="s">
-        <v>85</v>
+        <v>91</v>
       </c>
       <c r="B2">
         <v>1.663</v>
       </c>
       <c r="C2">
         <v>1.69</v>
       </c>
       <c r="D2">
         <v>1.712</v>
       </c>
       <c r="E2">
         <v>1.712</v>
       </c>
       <c r="F2">
         <v>1.745</v>
       </c>
       <c r="G2">
         <v>1.77</v>
       </c>
       <c r="H2">
         <v>1.815</v>
       </c>
       <c r="I2">
         <v>1.833</v>
       </c>
@@ -1144,54 +1180,75 @@
       </c>
       <c r="BZ2">
         <v>2.405</v>
       </c>
       <c r="CA2">
         <v>2.451</v>
       </c>
       <c r="CB2">
         <v>2.469</v>
       </c>
       <c r="CC2">
         <v>2.544</v>
       </c>
       <c r="CD2">
         <v>2.607</v>
       </c>
       <c r="CE2">
         <v>2.689</v>
       </c>
       <c r="CF2">
         <v>2.791</v>
       </c>
       <c r="CG2">
         <v>2.811</v>
       </c>
+      <c r="CH2">
+        <v>2.842</v>
+      </c>
+      <c r="CI2">
+        <v>2.862</v>
+      </c>
+      <c r="CJ2">
+        <v>2.904</v>
+      </c>
+      <c r="CK2">
+        <v>2.939</v>
+      </c>
+      <c r="CL2">
+        <v>2.987</v>
+      </c>
+      <c r="CM2">
+        <v>2.97</v>
+      </c>
+      <c r="CN2">
+        <v>0</v>
+      </c>
     </row>
-    <row r="3" spans="1:85">
+    <row r="3" spans="1:92">
       <c r="A3" t="s">
-        <v>86</v>
+        <v>92</v>
       </c>
       <c r="B3">
         <v>1.638</v>
       </c>
       <c r="C3">
         <v>1.639</v>
       </c>
       <c r="D3">
         <v>1.631</v>
       </c>
       <c r="E3">
         <v>1.64</v>
       </c>
       <c r="F3">
         <v>1.642</v>
       </c>
       <c r="G3">
         <v>1.65</v>
       </c>
       <c r="H3">
         <v>1.712</v>
       </c>
       <c r="I3">
         <v>1.767</v>
       </c>
@@ -1401,54 +1458,75 @@
       </c>
       <c r="BZ3">
         <v>2.247</v>
       </c>
       <c r="CA3">
         <v>2.293</v>
       </c>
       <c r="CB3">
         <v>2.301</v>
       </c>
       <c r="CC3">
         <v>2.39</v>
       </c>
       <c r="CD3">
         <v>2.458</v>
       </c>
       <c r="CE3">
         <v>2.503</v>
       </c>
       <c r="CF3">
         <v>2.567</v>
       </c>
       <c r="CG3">
         <v>2.593</v>
       </c>
+      <c r="CH3">
+        <v>2.621</v>
+      </c>
+      <c r="CI3">
+        <v>2.62</v>
+      </c>
+      <c r="CJ3">
+        <v>2.655</v>
+      </c>
+      <c r="CK3">
+        <v>2.64</v>
+      </c>
+      <c r="CL3">
+        <v>2.662</v>
+      </c>
+      <c r="CM3">
+        <v>2.639</v>
+      </c>
+      <c r="CN3">
+        <v>0</v>
+      </c>
     </row>
-    <row r="4" spans="1:85">
+    <row r="4" spans="1:92">
       <c r="A4" t="s">
-        <v>87</v>
+        <v>93</v>
       </c>
       <c r="B4">
         <v>3.301</v>
       </c>
       <c r="C4">
         <v>3.329</v>
       </c>
       <c r="D4">
         <v>3.343</v>
       </c>
       <c r="E4">
         <v>3.352</v>
       </c>
       <c r="F4">
         <v>3.387</v>
       </c>
       <c r="G4">
         <v>3.42</v>
       </c>
       <c r="H4">
         <v>3.527</v>
       </c>
       <c r="I4">
         <v>3.6</v>
       </c>
@@ -1657,50 +1735,71 @@
         <v>4.508</v>
       </c>
       <c r="BZ4">
         <v>4.652</v>
       </c>
       <c r="CA4">
         <v>4.744</v>
       </c>
       <c r="CB4">
         <v>4.77</v>
       </c>
       <c r="CC4">
         <v>4.934</v>
       </c>
       <c r="CD4">
         <v>5.065</v>
       </c>
       <c r="CE4">
         <v>5.192</v>
       </c>
       <c r="CF4">
         <v>5.358</v>
       </c>
       <c r="CG4">
         <v>5.404</v>
+      </c>
+      <c r="CH4">
+        <v>5.463</v>
+      </c>
+      <c r="CI4">
+        <v>5.482</v>
+      </c>
+      <c r="CJ4">
+        <v>5.559</v>
+      </c>
+      <c r="CK4">
+        <v>5.579</v>
+      </c>
+      <c r="CL4">
+        <v>5.649</v>
+      </c>
+      <c r="CM4">
+        <v>5.609</v>
+      </c>
+      <c r="CN4">
+        <v>0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>