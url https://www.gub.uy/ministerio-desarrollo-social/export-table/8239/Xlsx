--- v0 (2026-01-01)
+++ v1 (2026-02-04)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="160">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="166">
   <si>
     <t>Departamento</t>
   </si>
   <si>
     <t>ene-2014</t>
   </si>
   <si>
     <t>feb-2014</t>
   </si>
   <si>
     <t>mar-2014</t>
   </si>
   <si>
     <t>abr-2014</t>
   </si>
   <si>
     <t>may-2014</t>
   </si>
   <si>
     <t>jun-2014</t>
   </si>
   <si>
     <t>jul-2014</t>
   </si>
   <si>
@@ -429,50 +429,68 @@
     <t>oct-2024</t>
   </si>
   <si>
     <t>nov-2024</t>
   </si>
   <si>
     <t>dic-2024</t>
   </si>
   <si>
     <t>ene-2025</t>
   </si>
   <si>
     <t>feb-2025</t>
   </si>
   <si>
     <t>mar-2025</t>
   </si>
   <si>
     <t>abr-2025</t>
   </si>
   <si>
     <t>may-2025</t>
   </si>
   <si>
     <t>jun-2025</t>
+  </si>
+  <si>
+    <t>jul-2025</t>
+  </si>
+  <si>
+    <t>ago-2025</t>
+  </si>
+  <si>
+    <t>set-2025</t>
+  </si>
+  <si>
+    <t>oct-2025</t>
+  </si>
+  <si>
+    <t>nov-2025</t>
+  </si>
+  <si>
+    <t>dic-2025</t>
   </si>
   <si>
     <t>Artigas</t>
   </si>
   <si>
     <t>Canelones</t>
   </si>
   <si>
     <t>Cerro Largo</t>
   </si>
   <si>
     <t>Colonia</t>
   </si>
   <si>
     <t>Durazno</t>
   </si>
   <si>
     <t>Flores</t>
   </si>
   <si>
     <t>Florida</t>
   </si>
   <si>
     <t>Lavalleja</t>
   </si>
@@ -839,59 +857,59 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:EI22"/>
+  <dimension ref="A1:EO22"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
-    <row r="1" spans="1:139">
+    <row r="1" spans="1:145">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
@@ -1265,54 +1283,72 @@
       </c>
       <c r="EB1" t="s">
         <v>131</v>
       </c>
       <c r="EC1" t="s">
         <v>132</v>
       </c>
       <c r="ED1" t="s">
         <v>133</v>
       </c>
       <c r="EE1" t="s">
         <v>134</v>
       </c>
       <c r="EF1" t="s">
         <v>135</v>
       </c>
       <c r="EG1" t="s">
         <v>136</v>
       </c>
       <c r="EH1" t="s">
         <v>137</v>
       </c>
       <c r="EI1" t="s">
         <v>138</v>
       </c>
+      <c r="EJ1" t="s">
+        <v>139</v>
+      </c>
+      <c r="EK1" t="s">
+        <v>140</v>
+      </c>
+      <c r="EL1" t="s">
+        <v>141</v>
+      </c>
+      <c r="EM1" t="s">
+        <v>142</v>
+      </c>
+      <c r="EN1" t="s">
+        <v>143</v>
+      </c>
+      <c r="EO1" t="s">
+        <v>144</v>
+      </c>
     </row>
-    <row r="2" spans="1:139">
+    <row r="2" spans="1:145">
       <c r="A2" t="s">
-        <v>139</v>
+        <v>145</v>
       </c>
       <c r="B2">
         <v>6.015</v>
       </c>
       <c r="C2">
         <v>6.376</v>
       </c>
       <c r="D2">
         <v>6.392</v>
       </c>
       <c r="E2">
         <v>6.404</v>
       </c>
       <c r="F2">
         <v>8.021000000000001</v>
       </c>
       <c r="G2">
         <v>8.045</v>
       </c>
       <c r="H2">
         <v>7.974</v>
       </c>
       <c r="I2">
         <v>7.999</v>
       </c>
@@ -1684,54 +1720,72 @@
       </c>
       <c r="EB2">
         <v>9.116</v>
       </c>
       <c r="EC2">
         <v>9.13</v>
       </c>
       <c r="ED2">
         <v>9.122</v>
       </c>
       <c r="EE2">
         <v>9.106</v>
       </c>
       <c r="EF2">
         <v>9.117</v>
       </c>
       <c r="EG2">
         <v>9.117</v>
       </c>
       <c r="EH2">
         <v>9.103</v>
       </c>
       <c r="EI2">
         <v>9.12</v>
       </c>
+      <c r="EJ2">
+        <v>9.134</v>
+      </c>
+      <c r="EK2">
+        <v>9.07</v>
+      </c>
+      <c r="EL2">
+        <v>9.085000000000001</v>
+      </c>
+      <c r="EM2">
+        <v>9.133</v>
+      </c>
+      <c r="EN2">
+        <v>9.112</v>
+      </c>
+      <c r="EO2">
+        <v>9.113</v>
+      </c>
     </row>
-    <row r="3" spans="1:139">
+    <row r="3" spans="1:145">
       <c r="A3" t="s">
-        <v>140</v>
+        <v>146</v>
       </c>
       <c r="B3">
         <v>23.611</v>
       </c>
       <c r="C3">
         <v>24.050000000000001</v>
       </c>
       <c r="D3">
         <v>24.112</v>
       </c>
       <c r="E3">
         <v>24.247</v>
       </c>
       <c r="F3">
         <v>28.832</v>
       </c>
       <c r="G3">
         <v>28.93</v>
       </c>
       <c r="H3">
         <v>28.648</v>
       </c>
       <c r="I3">
         <v>28.818</v>
       </c>
@@ -2103,54 +2157,72 @@
       </c>
       <c r="EB3">
         <v>40.646</v>
       </c>
       <c r="EC3">
         <v>40.735</v>
       </c>
       <c r="ED3">
         <v>40.738</v>
       </c>
       <c r="EE3">
         <v>40.737</v>
       </c>
       <c r="EF3">
         <v>40.758</v>
       </c>
       <c r="EG3">
         <v>40.826</v>
       </c>
       <c r="EH3">
         <v>40.752</v>
       </c>
       <c r="EI3">
         <v>40.782</v>
       </c>
+      <c r="EJ3">
+        <v>40.88</v>
+      </c>
+      <c r="EK3">
+        <v>40.785</v>
+      </c>
+      <c r="EL3">
+        <v>40.905</v>
+      </c>
+      <c r="EM3">
+        <v>41.0030000000000001</v>
+      </c>
+      <c r="EN3">
+        <v>41.136</v>
+      </c>
+      <c r="EO3">
+        <v>41.14</v>
+      </c>
     </row>
-    <row r="4" spans="1:139">
+    <row r="4" spans="1:145">
       <c r="A4" t="s">
-        <v>141</v>
+        <v>147</v>
       </c>
       <c r="B4">
         <v>5.607</v>
       </c>
       <c r="C4">
         <v>5.648</v>
       </c>
       <c r="D4">
         <v>5.682</v>
       </c>
       <c r="E4">
         <v>5.69</v>
       </c>
       <c r="F4">
         <v>6.762</v>
       </c>
       <c r="G4">
         <v>6.751</v>
       </c>
       <c r="H4">
         <v>6.698</v>
       </c>
       <c r="I4">
         <v>6.723</v>
       </c>
@@ -2522,54 +2594,72 @@
       </c>
       <c r="EB4">
         <v>7.93</v>
       </c>
       <c r="EC4">
         <v>7.949</v>
       </c>
       <c r="ED4">
         <v>7.944</v>
       </c>
       <c r="EE4">
         <v>7.945</v>
       </c>
       <c r="EF4">
         <v>7.926</v>
       </c>
       <c r="EG4">
         <v>7.942</v>
       </c>
       <c r="EH4">
         <v>7.927</v>
       </c>
       <c r="EI4">
         <v>7.918</v>
       </c>
+      <c r="EJ4">
+        <v>7.952</v>
+      </c>
+      <c r="EK4">
+        <v>7.932</v>
+      </c>
+      <c r="EL4">
+        <v>7.943</v>
+      </c>
+      <c r="EM4">
+        <v>7.916</v>
+      </c>
+      <c r="EN4">
+        <v>7.903</v>
+      </c>
+      <c r="EO4">
+        <v>7.895</v>
+      </c>
     </row>
-    <row r="5" spans="1:139">
+    <row r="5" spans="1:145">
       <c r="A5" t="s">
-        <v>142</v>
+        <v>148</v>
       </c>
       <c r="B5">
         <v>4.339</v>
       </c>
       <c r="C5">
         <v>4.465</v>
       </c>
       <c r="D5">
         <v>4.498</v>
       </c>
       <c r="E5">
         <v>4.519</v>
       </c>
       <c r="F5">
         <v>5.856</v>
       </c>
       <c r="G5">
         <v>5.862</v>
       </c>
       <c r="H5">
         <v>5.849</v>
       </c>
       <c r="I5">
         <v>5.882</v>
       </c>
@@ -2941,54 +3031,72 @@
       </c>
       <c r="EB5">
         <v>7.785</v>
       </c>
       <c r="EC5">
         <v>7.821</v>
       </c>
       <c r="ED5">
         <v>7.815</v>
       </c>
       <c r="EE5">
         <v>7.808</v>
       </c>
       <c r="EF5">
         <v>7.783</v>
       </c>
       <c r="EG5">
         <v>7.803</v>
       </c>
       <c r="EH5">
         <v>7.809</v>
       </c>
       <c r="EI5">
         <v>7.802</v>
       </c>
+      <c r="EJ5">
+        <v>7.825</v>
+      </c>
+      <c r="EK5">
+        <v>7.812</v>
+      </c>
+      <c r="EL5">
+        <v>7.822</v>
+      </c>
+      <c r="EM5">
+        <v>7.839</v>
+      </c>
+      <c r="EN5">
+        <v>7.835</v>
+      </c>
+      <c r="EO5">
+        <v>7.838</v>
+      </c>
     </row>
-    <row r="6" spans="1:139">
+    <row r="6" spans="1:145">
       <c r="A6" t="s">
-        <v>143</v>
+        <v>149</v>
       </c>
       <c r="B6">
         <v>2.848</v>
       </c>
       <c r="C6">
         <v>2.834</v>
       </c>
       <c r="D6">
         <v>2.848</v>
       </c>
       <c r="E6">
         <v>2.854</v>
       </c>
       <c r="F6">
         <v>3.524</v>
       </c>
       <c r="G6">
         <v>3.534</v>
       </c>
       <c r="H6">
         <v>3.494</v>
       </c>
       <c r="I6">
         <v>3.502</v>
       </c>
@@ -3360,54 +3468,72 @@
       </c>
       <c r="EB6">
         <v>4.509</v>
       </c>
       <c r="EC6">
         <v>4.525</v>
       </c>
       <c r="ED6">
         <v>4.518</v>
       </c>
       <c r="EE6">
         <v>4.526</v>
       </c>
       <c r="EF6">
         <v>4.539</v>
       </c>
       <c r="EG6">
         <v>4.542</v>
       </c>
       <c r="EH6">
         <v>4.542</v>
       </c>
       <c r="EI6">
         <v>4.515</v>
       </c>
+      <c r="EJ6">
+        <v>4.503</v>
+      </c>
+      <c r="EK6">
+        <v>4.49</v>
+      </c>
+      <c r="EL6">
+        <v>4.495</v>
+      </c>
+      <c r="EM6">
+        <v>4.499</v>
+      </c>
+      <c r="EN6">
+        <v>4.522</v>
+      </c>
+      <c r="EO6">
+        <v>4.525</v>
+      </c>
     </row>
-    <row r="7" spans="1:139">
+    <row r="7" spans="1:145">
       <c r="A7" t="s">
-        <v>144</v>
+        <v>150</v>
       </c>
       <c r="B7">
         <v>697</v>
       </c>
       <c r="C7">
         <v>681</v>
       </c>
       <c r="D7">
         <v>675</v>
       </c>
       <c r="E7">
         <v>678</v>
       </c>
       <c r="F7">
         <v>853</v>
       </c>
       <c r="G7">
         <v>854</v>
       </c>
       <c r="H7">
         <v>839</v>
       </c>
       <c r="I7">
         <v>844</v>
       </c>
@@ -3779,54 +3905,72 @@
       </c>
       <c r="EB7">
         <v>1.296</v>
       </c>
       <c r="EC7">
         <v>1.304</v>
       </c>
       <c r="ED7">
         <v>1.308</v>
       </c>
       <c r="EE7">
         <v>1.308</v>
       </c>
       <c r="EF7">
         <v>1.306</v>
       </c>
       <c r="EG7">
         <v>1.311</v>
       </c>
       <c r="EH7">
         <v>1.307</v>
       </c>
       <c r="EI7">
         <v>1.312</v>
       </c>
+      <c r="EJ7">
+        <v>1.321</v>
+      </c>
+      <c r="EK7">
+        <v>1.322</v>
+      </c>
+      <c r="EL7">
+        <v>1.327</v>
+      </c>
+      <c r="EM7">
+        <v>1.326</v>
+      </c>
+      <c r="EN7">
+        <v>1.325</v>
+      </c>
+      <c r="EO7">
+        <v>1.316</v>
+      </c>
     </row>
-    <row r="8" spans="1:139">
+    <row r="8" spans="1:145">
       <c r="A8" t="s">
-        <v>145</v>
+        <v>151</v>
       </c>
       <c r="B8">
         <v>2.945</v>
       </c>
       <c r="C8">
         <v>2.924</v>
       </c>
       <c r="D8">
         <v>2.933</v>
       </c>
       <c r="E8">
         <v>2.92</v>
       </c>
       <c r="F8">
         <v>3.687</v>
       </c>
       <c r="G8">
         <v>3.665</v>
       </c>
       <c r="H8">
         <v>3.628</v>
       </c>
       <c r="I8">
         <v>3.622</v>
       </c>
@@ -4198,54 +4342,72 @@
       </c>
       <c r="EB8">
         <v>4.215</v>
       </c>
       <c r="EC8">
         <v>4.203</v>
       </c>
       <c r="ED8">
         <v>4.198</v>
       </c>
       <c r="EE8">
         <v>4.186</v>
       </c>
       <c r="EF8">
         <v>4.195</v>
       </c>
       <c r="EG8">
         <v>4.224</v>
       </c>
       <c r="EH8">
         <v>4.205</v>
       </c>
       <c r="EI8">
         <v>4.204</v>
       </c>
+      <c r="EJ8">
+        <v>4.193</v>
+      </c>
+      <c r="EK8">
+        <v>4.191</v>
+      </c>
+      <c r="EL8">
+        <v>4.197</v>
+      </c>
+      <c r="EM8">
+        <v>4.213</v>
+      </c>
+      <c r="EN8">
+        <v>4.21</v>
+      </c>
+      <c r="EO8">
+        <v>4.213</v>
+      </c>
     </row>
-    <row r="9" spans="1:139">
+    <row r="9" spans="1:145">
       <c r="A9" t="s">
-        <v>146</v>
+        <v>152</v>
       </c>
       <c r="B9">
         <v>2.735</v>
       </c>
       <c r="C9">
         <v>2.754</v>
       </c>
       <c r="D9">
         <v>2.767</v>
       </c>
       <c r="E9">
         <v>2.771</v>
       </c>
       <c r="F9">
         <v>3.164</v>
       </c>
       <c r="G9">
         <v>3.169</v>
       </c>
       <c r="H9">
         <v>3.134</v>
       </c>
       <c r="I9">
         <v>3.155</v>
       </c>
@@ -4617,54 +4779,72 @@
       </c>
       <c r="EB9">
         <v>3.17</v>
       </c>
       <c r="EC9">
         <v>3.16</v>
       </c>
       <c r="ED9">
         <v>3.141</v>
       </c>
       <c r="EE9">
         <v>3.128</v>
       </c>
       <c r="EF9">
         <v>3.117</v>
       </c>
       <c r="EG9">
         <v>3.094</v>
       </c>
       <c r="EH9">
         <v>3.065</v>
       </c>
       <c r="EI9">
         <v>3.062</v>
       </c>
+      <c r="EJ9">
+        <v>3.081</v>
+      </c>
+      <c r="EK9">
+        <v>3.083</v>
+      </c>
+      <c r="EL9">
+        <v>3.074</v>
+      </c>
+      <c r="EM9">
+        <v>3.088</v>
+      </c>
+      <c r="EN9">
+        <v>3.08</v>
+      </c>
+      <c r="EO9">
+        <v>3.079</v>
+      </c>
     </row>
-    <row r="10" spans="1:139">
+    <row r="10" spans="1:145">
       <c r="A10" t="s">
-        <v>147</v>
+        <v>153</v>
       </c>
       <c r="B10">
         <v>6.065</v>
       </c>
       <c r="C10">
         <v>6.101</v>
       </c>
       <c r="D10">
         <v>6.072</v>
       </c>
       <c r="E10">
         <v>6.189</v>
       </c>
       <c r="F10">
         <v>7.153</v>
       </c>
       <c r="G10">
         <v>7.219</v>
       </c>
       <c r="H10">
         <v>7.156</v>
       </c>
       <c r="I10">
         <v>7.243</v>
       </c>
@@ -5036,54 +5216,72 @@
       </c>
       <c r="EB10">
         <v>10.657</v>
       </c>
       <c r="EC10">
         <v>10.62</v>
       </c>
       <c r="ED10">
         <v>10.585</v>
       </c>
       <c r="EE10">
         <v>10.594</v>
       </c>
       <c r="EF10">
         <v>10.59</v>
       </c>
       <c r="EG10">
         <v>10.63</v>
       </c>
       <c r="EH10">
         <v>10.603</v>
       </c>
       <c r="EI10">
         <v>10.614</v>
       </c>
+      <c r="EJ10">
+        <v>10.607</v>
+      </c>
+      <c r="EK10">
+        <v>10.542</v>
+      </c>
+      <c r="EL10">
+        <v>10.573</v>
+      </c>
+      <c r="EM10">
+        <v>10.603</v>
+      </c>
+      <c r="EN10">
+        <v>10.643</v>
+      </c>
+      <c r="EO10">
+        <v>10.647</v>
+      </c>
     </row>
-    <row r="11" spans="1:139">
+    <row r="11" spans="1:145">
       <c r="A11" t="s">
-        <v>148</v>
+        <v>154</v>
       </c>
       <c r="B11">
         <v>45.947</v>
       </c>
       <c r="C11">
         <v>46.716</v>
       </c>
       <c r="D11">
         <v>46.697</v>
       </c>
       <c r="E11">
         <v>46.898</v>
       </c>
       <c r="F11">
         <v>55.837</v>
       </c>
       <c r="G11">
         <v>55.861</v>
       </c>
       <c r="H11">
         <v>55.441</v>
       </c>
       <c r="I11">
         <v>55.486</v>
       </c>
@@ -5455,54 +5653,72 @@
       </c>
       <c r="EB11">
         <v>72.194</v>
       </c>
       <c r="EC11">
         <v>72.423</v>
       </c>
       <c r="ED11">
         <v>72.59999999999999</v>
       </c>
       <c r="EE11">
         <v>72.753</v>
       </c>
       <c r="EF11">
         <v>72.925</v>
       </c>
       <c r="EG11">
         <v>73.23999999999999</v>
       </c>
       <c r="EH11">
         <v>73.20399999999999</v>
       </c>
       <c r="EI11">
         <v>73.256</v>
       </c>
+      <c r="EJ11">
+        <v>73.584</v>
+      </c>
+      <c r="EK11">
+        <v>73.357</v>
+      </c>
+      <c r="EL11">
+        <v>73.646</v>
+      </c>
+      <c r="EM11">
+        <v>73.92700000000001</v>
+      </c>
+      <c r="EN11">
+        <v>74.169</v>
+      </c>
+      <c r="EO11">
+        <v>74.336</v>
+      </c>
     </row>
-    <row r="12" spans="1:139">
+    <row r="12" spans="1:145">
       <c r="A12" t="s">
-        <v>149</v>
+        <v>155</v>
       </c>
       <c r="B12">
         <v>6.482</v>
       </c>
       <c r="C12">
         <v>6.539</v>
       </c>
       <c r="D12">
         <v>6.564</v>
       </c>
       <c r="E12">
         <v>6.561</v>
       </c>
       <c r="F12">
         <v>7.877</v>
       </c>
       <c r="G12">
         <v>7.887</v>
       </c>
       <c r="H12">
         <v>7.842</v>
       </c>
       <c r="I12">
         <v>7.855</v>
       </c>
@@ -5874,54 +6090,72 @@
       </c>
       <c r="EB12">
         <v>9.771</v>
       </c>
       <c r="EC12">
         <v>9.793</v>
       </c>
       <c r="ED12">
         <v>9.782</v>
       </c>
       <c r="EE12">
         <v>9.819</v>
       </c>
       <c r="EF12">
         <v>9.811</v>
       </c>
       <c r="EG12">
         <v>9.857</v>
       </c>
       <c r="EH12">
         <v>9.846</v>
       </c>
       <c r="EI12">
         <v>9.846</v>
       </c>
+      <c r="EJ12">
+        <v>9.88</v>
+      </c>
+      <c r="EK12">
+        <v>9.876</v>
+      </c>
+      <c r="EL12">
+        <v>9.904</v>
+      </c>
+      <c r="EM12">
+        <v>9.903</v>
+      </c>
+      <c r="EN12">
+        <v>9.919</v>
+      </c>
+      <c r="EO12">
+        <v>9.904</v>
+      </c>
     </row>
-    <row r="13" spans="1:139">
+    <row r="13" spans="1:145">
       <c r="A13" t="s">
-        <v>150</v>
+        <v>156</v>
       </c>
       <c r="B13">
         <v>2.842</v>
       </c>
       <c r="C13">
         <v>2.899</v>
       </c>
       <c r="D13">
         <v>2.912</v>
       </c>
       <c r="E13">
         <v>2.918</v>
       </c>
       <c r="F13">
         <v>3.986</v>
       </c>
       <c r="G13">
         <v>3.984</v>
       </c>
       <c r="H13">
         <v>3.955</v>
       </c>
       <c r="I13">
         <v>3.957</v>
       </c>
@@ -6293,54 +6527,72 @@
       </c>
       <c r="EB13">
         <v>4.422</v>
       </c>
       <c r="EC13">
         <v>4.431</v>
       </c>
       <c r="ED13">
         <v>4.445</v>
       </c>
       <c r="EE13">
         <v>4.441</v>
       </c>
       <c r="EF13">
         <v>4.449</v>
       </c>
       <c r="EG13">
         <v>4.458</v>
       </c>
       <c r="EH13">
         <v>4.442</v>
       </c>
       <c r="EI13">
         <v>4.438</v>
       </c>
+      <c r="EJ13">
+        <v>4.469</v>
+      </c>
+      <c r="EK13">
+        <v>4.475</v>
+      </c>
+      <c r="EL13">
+        <v>4.477</v>
+      </c>
+      <c r="EM13">
+        <v>4.477</v>
+      </c>
+      <c r="EN13">
+        <v>4.484</v>
+      </c>
+      <c r="EO13">
+        <v>4.482</v>
+      </c>
     </row>
-    <row r="14" spans="1:139">
+    <row r="14" spans="1:145">
       <c r="A14" t="s">
-        <v>151</v>
+        <v>157</v>
       </c>
       <c r="B14">
         <v>7.357</v>
       </c>
       <c r="C14">
         <v>7.478</v>
       </c>
       <c r="D14">
         <v>7.462</v>
       </c>
       <c r="E14">
         <v>7.442</v>
       </c>
       <c r="F14">
         <v>9.158</v>
       </c>
       <c r="G14">
         <v>9.19</v>
       </c>
       <c r="H14">
         <v>9.067</v>
       </c>
       <c r="I14">
         <v>9.114</v>
       </c>
@@ -6712,54 +6964,72 @@
       </c>
       <c r="EB14">
         <v>10.584</v>
       </c>
       <c r="EC14">
         <v>10.596</v>
       </c>
       <c r="ED14">
         <v>10.6</v>
       </c>
       <c r="EE14">
         <v>10.606</v>
       </c>
       <c r="EF14">
         <v>10.606</v>
       </c>
       <c r="EG14">
         <v>10.633</v>
       </c>
       <c r="EH14">
         <v>10.618</v>
       </c>
       <c r="EI14">
         <v>10.643</v>
       </c>
+      <c r="EJ14">
+        <v>10.66</v>
+      </c>
+      <c r="EK14">
+        <v>10.64</v>
+      </c>
+      <c r="EL14">
+        <v>10.665</v>
+      </c>
+      <c r="EM14">
+        <v>10.666</v>
+      </c>
+      <c r="EN14">
+        <v>10.691</v>
+      </c>
+      <c r="EO14">
+        <v>10.686</v>
+      </c>
     </row>
-    <row r="15" spans="1:139">
+    <row r="15" spans="1:145">
       <c r="A15" t="s">
-        <v>152</v>
+        <v>158</v>
       </c>
       <c r="B15">
         <v>3.94</v>
       </c>
       <c r="C15">
         <v>4.051</v>
       </c>
       <c r="D15">
         <v>4.07</v>
       </c>
       <c r="E15">
         <v>4.091</v>
       </c>
       <c r="F15">
         <v>4.821</v>
       </c>
       <c r="G15">
         <v>4.809</v>
       </c>
       <c r="H15">
         <v>4.768</v>
       </c>
       <c r="I15">
         <v>4.805</v>
       </c>
@@ -7131,54 +7401,72 @@
       </c>
       <c r="EB15">
         <v>6.193</v>
       </c>
       <c r="EC15">
         <v>6.188</v>
       </c>
       <c r="ED15">
         <v>6.196</v>
       </c>
       <c r="EE15">
         <v>6.216</v>
       </c>
       <c r="EF15">
         <v>6.229</v>
       </c>
       <c r="EG15">
         <v>6.238</v>
       </c>
       <c r="EH15">
         <v>6.239</v>
       </c>
       <c r="EI15">
         <v>6.244</v>
       </c>
+      <c r="EJ15">
+        <v>6.256</v>
+      </c>
+      <c r="EK15">
+        <v>6.264</v>
+      </c>
+      <c r="EL15">
+        <v>6.268</v>
+      </c>
+      <c r="EM15">
+        <v>6.292</v>
+      </c>
+      <c r="EN15">
+        <v>6.302</v>
+      </c>
+      <c r="EO15">
+        <v>6.288</v>
+      </c>
     </row>
-    <row r="16" spans="1:139">
+    <row r="16" spans="1:145">
       <c r="A16" t="s">
-        <v>153</v>
+        <v>159</v>
       </c>
       <c r="B16">
         <v>7.135</v>
       </c>
       <c r="C16">
         <v>7.575</v>
       </c>
       <c r="D16">
         <v>7.598</v>
       </c>
       <c r="E16">
         <v>7.637</v>
       </c>
       <c r="F16">
         <v>10.328</v>
       </c>
       <c r="G16">
         <v>10.333</v>
       </c>
       <c r="H16">
         <v>10.261</v>
       </c>
       <c r="I16">
         <v>10.346</v>
       </c>
@@ -7550,54 +7838,72 @@
       </c>
       <c r="EB16">
         <v>12.213</v>
       </c>
       <c r="EC16">
         <v>12.213</v>
       </c>
       <c r="ED16">
         <v>12.229</v>
       </c>
       <c r="EE16">
         <v>12.245</v>
       </c>
       <c r="EF16">
         <v>12.256</v>
       </c>
       <c r="EG16">
         <v>12.291</v>
       </c>
       <c r="EH16">
         <v>12.256</v>
       </c>
       <c r="EI16">
         <v>12.268</v>
       </c>
+      <c r="EJ16">
+        <v>12.262</v>
+      </c>
+      <c r="EK16">
+        <v>12.264</v>
+      </c>
+      <c r="EL16">
+        <v>12.285</v>
+      </c>
+      <c r="EM16">
+        <v>12.322</v>
+      </c>
+      <c r="EN16">
+        <v>12.387</v>
+      </c>
+      <c r="EO16">
+        <v>12.422</v>
+      </c>
     </row>
-    <row r="17" spans="1:139">
+    <row r="17" spans="1:145">
       <c r="A17" t="s">
-        <v>154</v>
+        <v>160</v>
       </c>
       <c r="B17">
         <v>4.43</v>
       </c>
       <c r="C17">
         <v>4.598</v>
       </c>
       <c r="D17">
         <v>4.581</v>
       </c>
       <c r="E17">
         <v>4.62</v>
       </c>
       <c r="F17">
         <v>5.967</v>
       </c>
       <c r="G17">
         <v>5.958</v>
       </c>
       <c r="H17">
         <v>5.933</v>
       </c>
       <c r="I17">
         <v>5.973</v>
       </c>
@@ -7969,54 +8275,72 @@
       </c>
       <c r="EB17">
         <v>8.153</v>
       </c>
       <c r="EC17">
         <v>8.159</v>
       </c>
       <c r="ED17">
         <v>8.13</v>
       </c>
       <c r="EE17">
         <v>8.118</v>
       </c>
       <c r="EF17">
         <v>8.13</v>
       </c>
       <c r="EG17">
         <v>8.124</v>
       </c>
       <c r="EH17">
         <v>8.132</v>
       </c>
       <c r="EI17">
         <v>8.135</v>
       </c>
+      <c r="EJ17">
+        <v>8.138</v>
+      </c>
+      <c r="EK17">
+        <v>8.121</v>
+      </c>
+      <c r="EL17">
+        <v>8.145</v>
+      </c>
+      <c r="EM17">
+        <v>8.166</v>
+      </c>
+      <c r="EN17">
+        <v>8.178</v>
+      </c>
+      <c r="EO17">
+        <v>8.182</v>
+      </c>
     </row>
-    <row r="18" spans="1:139">
+    <row r="18" spans="1:145">
       <c r="A18" t="s">
-        <v>155</v>
+        <v>161</v>
       </c>
       <c r="B18">
         <v>4.119</v>
       </c>
       <c r="C18">
         <v>4.216</v>
       </c>
       <c r="D18">
         <v>4.214</v>
       </c>
       <c r="E18">
         <v>4.224</v>
       </c>
       <c r="F18">
         <v>5.042</v>
       </c>
       <c r="G18">
         <v>5.053</v>
       </c>
       <c r="H18">
         <v>5.0030000000000001</v>
       </c>
       <c r="I18">
         <v>5.034</v>
       </c>
@@ -8388,54 +8712,72 @@
       </c>
       <c r="EB18">
         <v>5.26</v>
       </c>
       <c r="EC18">
         <v>5.244</v>
       </c>
       <c r="ED18">
         <v>5.238</v>
       </c>
       <c r="EE18">
         <v>5.238</v>
       </c>
       <c r="EF18">
         <v>5.238</v>
       </c>
       <c r="EG18">
         <v>5.249</v>
       </c>
       <c r="EH18">
         <v>5.231</v>
       </c>
       <c r="EI18">
         <v>5.22</v>
       </c>
+      <c r="EJ18">
+        <v>5.24</v>
+      </c>
+      <c r="EK18">
+        <v>5.223</v>
+      </c>
+      <c r="EL18">
+        <v>5.239</v>
+      </c>
+      <c r="EM18">
+        <v>5.244</v>
+      </c>
+      <c r="EN18">
+        <v>5.255</v>
+      </c>
+      <c r="EO18">
+        <v>5.246</v>
+      </c>
     </row>
-    <row r="19" spans="1:139">
+    <row r="19" spans="1:145">
       <c r="A19" t="s">
-        <v>156</v>
+        <v>162</v>
       </c>
       <c r="B19">
         <v>5.376</v>
       </c>
       <c r="C19">
         <v>5.254</v>
       </c>
       <c r="D19">
         <v>5.264</v>
       </c>
       <c r="E19">
         <v>5.264</v>
       </c>
       <c r="F19">
         <v>6.72</v>
       </c>
       <c r="G19">
         <v>6.727</v>
       </c>
       <c r="H19">
         <v>6.666</v>
       </c>
       <c r="I19">
         <v>6.694</v>
       </c>
@@ -8807,54 +9149,72 @@
       </c>
       <c r="EB19">
         <v>7.752</v>
       </c>
       <c r="EC19">
         <v>7.749</v>
       </c>
       <c r="ED19">
         <v>7.746</v>
       </c>
       <c r="EE19">
         <v>7.756</v>
       </c>
       <c r="EF19">
         <v>7.743</v>
       </c>
       <c r="EG19">
         <v>7.743</v>
       </c>
       <c r="EH19">
         <v>7.728</v>
       </c>
       <c r="EI19">
         <v>7.725</v>
       </c>
+      <c r="EJ19">
+        <v>7.732</v>
+      </c>
+      <c r="EK19">
+        <v>7.705</v>
+      </c>
+      <c r="EL19">
+        <v>7.699</v>
+      </c>
+      <c r="EM19">
+        <v>7.717</v>
+      </c>
+      <c r="EN19">
+        <v>7.742</v>
+      </c>
+      <c r="EO19">
+        <v>7.767</v>
+      </c>
     </row>
-    <row r="20" spans="1:139">
+    <row r="20" spans="1:145">
       <c r="A20" t="s">
-        <v>157</v>
+        <v>163</v>
       </c>
       <c r="B20">
         <v>3.065</v>
       </c>
       <c r="C20">
         <v>3.078</v>
       </c>
       <c r="D20">
         <v>3.081</v>
       </c>
       <c r="E20">
         <v>3.09</v>
       </c>
       <c r="F20">
         <v>3.608</v>
       </c>
       <c r="G20">
         <v>3.608</v>
       </c>
       <c r="H20">
         <v>3.591</v>
       </c>
       <c r="I20">
         <v>3.611</v>
       </c>
@@ -9226,54 +9586,72 @@
       </c>
       <c r="EB20">
         <v>3.847</v>
       </c>
       <c r="EC20">
         <v>3.843</v>
       </c>
       <c r="ED20">
         <v>3.844</v>
       </c>
       <c r="EE20">
         <v>3.846</v>
       </c>
       <c r="EF20">
         <v>3.834</v>
       </c>
       <c r="EG20">
         <v>3.835</v>
       </c>
       <c r="EH20">
         <v>3.803</v>
       </c>
       <c r="EI20">
         <v>3.803</v>
       </c>
+      <c r="EJ20">
+        <v>3.786</v>
+      </c>
+      <c r="EK20">
+        <v>3.789</v>
+      </c>
+      <c r="EL20">
+        <v>3.78</v>
+      </c>
+      <c r="EM20">
+        <v>3.777</v>
+      </c>
+      <c r="EN20">
+        <v>3.793</v>
+      </c>
+      <c r="EO20">
+        <v>3.79</v>
+      </c>
     </row>
-    <row r="21" spans="1:139">
+    <row r="21" spans="1:145">
       <c r="A21" t="s">
-        <v>158</v>
+        <v>164</v>
       </c>
       <c r="B21">
         <v>33.274</v>
       </c>
       <c r="C21">
         <v>31.367</v>
       </c>
       <c r="D21">
         <v>31.526</v>
       </c>
       <c r="E21">
         <v>31.541</v>
       </c>
       <c r="F21">
         <v>0</v>
       </c>
       <c r="G21">
         <v>0</v>
       </c>
       <c r="H21">
         <v>0</v>
       </c>
       <c r="I21">
         <v>0</v>
       </c>
@@ -9645,54 +10023,72 @@
       </c>
       <c r="EB21">
         <v>0</v>
       </c>
       <c r="EC21">
         <v>0</v>
       </c>
       <c r="ED21">
         <v>0</v>
       </c>
       <c r="EE21">
         <v>0</v>
       </c>
       <c r="EF21">
         <v>0</v>
       </c>
       <c r="EG21">
         <v>0</v>
       </c>
       <c r="EH21">
         <v>37</v>
       </c>
       <c r="EI21">
         <v>4</v>
       </c>
+      <c r="EJ21">
+        <v>5</v>
+      </c>
+      <c r="EK21">
+        <v>0</v>
+      </c>
+      <c r="EL21">
+        <v>0</v>
+      </c>
+      <c r="EM21">
+        <v>3</v>
+      </c>
+      <c r="EN21">
+        <v>2</v>
+      </c>
+      <c r="EO21">
+        <v>3</v>
+      </c>
     </row>
-    <row r="22" spans="1:139">
+    <row r="22" spans="1:145">
       <c r="A22" t="s">
-        <v>159</v>
+        <v>165</v>
       </c>
       <c r="B22">
         <v>178.82900000000001</v>
       </c>
       <c r="C22">
         <v>179.60400000000001</v>
       </c>
       <c r="D22">
         <v>179.94800000000001</v>
       </c>
       <c r="E22">
         <v>180.55799999999999</v>
       </c>
       <c r="F22">
         <v>181.196</v>
       </c>
       <c r="G22">
         <v>181.43899999999999</v>
       </c>
       <c r="H22">
         <v>179.947</v>
       </c>
       <c r="I22">
         <v>180.66300000000001</v>
       </c>
@@ -10063,50 +10459,68 @@
         <v>229.30500000000001</v>
       </c>
       <c r="EB22">
         <v>229.71299999999999</v>
       </c>
       <c r="EC22">
         <v>230.086000000000013</v>
       </c>
       <c r="ED22">
         <v>230.179</v>
       </c>
       <c r="EE22">
         <v>230.376</v>
       </c>
       <c r="EF22">
         <v>230.55199999999999</v>
       </c>
       <c r="EG22">
         <v>231.15700000000001</v>
       </c>
       <c r="EH22">
         <v>230.84899999999999</v>
       </c>
       <c r="EI22">
         <v>230.911</v>
+      </c>
+      <c r="EJ22">
+        <v>231.50800000000001</v>
+      </c>
+      <c r="EK22">
+        <v>230.941</v>
+      </c>
+      <c r="EL22">
+        <v>231.529</v>
+      </c>
+      <c r="EM22">
+        <v>232.114</v>
+      </c>
+      <c r="EN22">
+        <v>232.68799999999999</v>
+      </c>
+      <c r="EO22">
+        <v>232.87200000000001</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>