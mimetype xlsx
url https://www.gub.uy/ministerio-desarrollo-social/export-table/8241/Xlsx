--- v0 (2025-12-24)
+++ v1 (2026-02-24)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="90">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="96">
   <si>
     <t>Edad</t>
   </si>
   <si>
     <t>jul-2018</t>
   </si>
   <si>
     <t>ago-2018</t>
   </si>
   <si>
     <t>sep-2018</t>
   </si>
   <si>
     <t>oct-2018</t>
   </si>
   <si>
     <t>nov-2018</t>
   </si>
   <si>
     <t>dic-2018</t>
   </si>
   <si>
     <t>ene-2019</t>
   </si>
   <si>
@@ -267,50 +267,68 @@
     <t>oct-2024</t>
   </si>
   <si>
     <t>nov-2024</t>
   </si>
   <si>
     <t>dic-2024</t>
   </si>
   <si>
     <t>ene-2025</t>
   </si>
   <si>
     <t>feb-2025</t>
   </si>
   <si>
     <t>mar-2025</t>
   </si>
   <si>
     <t>abr-2025</t>
   </si>
   <si>
     <t>may-2025</t>
   </si>
   <si>
     <t>jun-2025</t>
+  </si>
+  <si>
+    <t>jul-2025</t>
+  </si>
+  <si>
+    <t>ago-2025</t>
+  </si>
+  <si>
+    <t>set-2025</t>
+  </si>
+  <si>
+    <t>oct-2025</t>
+  </si>
+  <si>
+    <t>nov-2025</t>
+  </si>
+  <si>
+    <t>dic-2025</t>
   </si>
   <si>
     <t>0 a 5</t>
   </si>
   <si>
     <t>6 a 11</t>
   </si>
   <si>
     <t>12 a 17</t>
   </si>
   <si>
     <t>18 o más</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
@@ -629,59 +647,59 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:CG6"/>
+  <dimension ref="A1:CM6"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
-    <row r="1" spans="1:85">
+    <row r="1" spans="1:91">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
@@ -893,54 +911,72 @@
       </c>
       <c r="BZ1" t="s">
         <v>77</v>
       </c>
       <c r="CA1" t="s">
         <v>78</v>
       </c>
       <c r="CB1" t="s">
         <v>79</v>
       </c>
       <c r="CC1" t="s">
         <v>80</v>
       </c>
       <c r="CD1" t="s">
         <v>81</v>
       </c>
       <c r="CE1" t="s">
         <v>82</v>
       </c>
       <c r="CF1" t="s">
         <v>83</v>
       </c>
       <c r="CG1" t="s">
         <v>84</v>
       </c>
+      <c r="CH1" t="s">
+        <v>85</v>
+      </c>
+      <c r="CI1" t="s">
+        <v>86</v>
+      </c>
+      <c r="CJ1" t="s">
+        <v>87</v>
+      </c>
+      <c r="CK1" t="s">
+        <v>88</v>
+      </c>
+      <c r="CL1" t="s">
+        <v>89</v>
+      </c>
+      <c r="CM1" t="s">
+        <v>90</v>
+      </c>
     </row>
-    <row r="2" spans="1:85">
+    <row r="2" spans="1:91">
       <c r="A2" t="s">
-        <v>85</v>
+        <v>91</v>
       </c>
       <c r="B2">
         <v>132.76400000000001</v>
       </c>
       <c r="C2">
         <v>132.511</v>
       </c>
       <c r="D2">
         <v>132.45699999999999</v>
       </c>
       <c r="E2">
         <v>132.12100000000001</v>
       </c>
       <c r="F2">
         <v>131.977</v>
       </c>
       <c r="G2">
         <v>131.833</v>
       </c>
       <c r="H2">
         <v>131.738</v>
       </c>
       <c r="I2">
         <v>130.77799999999999</v>
       </c>
@@ -1150,54 +1186,72 @@
       </c>
       <c r="BZ2">
         <v>119.628</v>
       </c>
       <c r="CA2">
         <v>119.46299999999999</v>
       </c>
       <c r="CB2">
         <v>118.858</v>
       </c>
       <c r="CC2">
         <v>118.301</v>
       </c>
       <c r="CD2">
         <v>117.96899999999999</v>
       </c>
       <c r="CE2">
         <v>117.773</v>
       </c>
       <c r="CF2">
         <v>114.73</v>
       </c>
       <c r="CG2">
         <v>114.149</v>
       </c>
+      <c r="CH2">
+        <v>114.070999999999998</v>
+      </c>
+      <c r="CI2">
+        <v>113.773</v>
+      </c>
+      <c r="CJ2">
+        <v>113.53</v>
+      </c>
+      <c r="CK2">
+        <v>113.42100000000001</v>
+      </c>
+      <c r="CL2">
+        <v>113.492</v>
+      </c>
+      <c r="CM2">
+        <v>113.568</v>
+      </c>
     </row>
-    <row r="3" spans="1:85">
+    <row r="3" spans="1:91">
       <c r="A3" t="s">
-        <v>86</v>
+        <v>92</v>
       </c>
       <c r="B3">
         <v>128.84299999999999</v>
       </c>
       <c r="C3">
         <v>130.672</v>
       </c>
       <c r="D3">
         <v>130.89500000000001</v>
       </c>
       <c r="E3">
         <v>131.10300000000001</v>
       </c>
       <c r="F3">
         <v>131.20400000000001</v>
       </c>
       <c r="G3">
         <v>123.735</v>
       </c>
       <c r="H3">
         <v>125.049999999999997</v>
       </c>
       <c r="I3">
         <v>125.66</v>
       </c>
@@ -1407,54 +1461,72 @@
       </c>
       <c r="BZ3">
         <v>150.77699999999999</v>
       </c>
       <c r="CA3">
         <v>150.679</v>
       </c>
       <c r="CB3">
         <v>150.47499999999999</v>
       </c>
       <c r="CC3">
         <v>150.018000000000001</v>
       </c>
       <c r="CD3">
         <v>149.82900000000001</v>
       </c>
       <c r="CE3">
         <v>149.75999999999999</v>
       </c>
       <c r="CF3">
         <v>146.82499999999999</v>
       </c>
       <c r="CG3">
         <v>146.53200000000001</v>
       </c>
+      <c r="CH3">
+        <v>146.33000000000001</v>
+      </c>
+      <c r="CI3">
+        <v>145.80199999999999</v>
+      </c>
+      <c r="CJ3">
+        <v>145.59999999999999</v>
+      </c>
+      <c r="CK3">
+        <v>145.5</v>
+      </c>
+      <c r="CL3">
+        <v>145.26400000000001</v>
+      </c>
+      <c r="CM3">
+        <v>144.94800000000001</v>
+      </c>
     </row>
-    <row r="4" spans="1:85">
+    <row r="4" spans="1:91">
       <c r="A4" t="s">
-        <v>87</v>
+        <v>93</v>
       </c>
       <c r="B4">
         <v>122.354</v>
       </c>
       <c r="C4">
         <v>117.855</v>
       </c>
       <c r="D4">
         <v>118.873</v>
       </c>
       <c r="E4">
         <v>119.944</v>
       </c>
       <c r="F4">
         <v>120.65300000000001</v>
       </c>
       <c r="G4">
         <v>116.523</v>
       </c>
       <c r="H4">
         <v>117.94199999999999</v>
       </c>
       <c r="I4">
         <v>118.404</v>
       </c>
@@ -1664,54 +1736,72 @@
       </c>
       <c r="BZ4">
         <v>143.24299999999999</v>
       </c>
       <c r="CA4">
         <v>143.541</v>
       </c>
       <c r="CB4">
         <v>143.81200000000001</v>
       </c>
       <c r="CC4">
         <v>144.22399999999999</v>
       </c>
       <c r="CD4">
         <v>144.96899999999999</v>
       </c>
       <c r="CE4">
         <v>146.014999999999986</v>
       </c>
       <c r="CF4">
         <v>146.101</v>
       </c>
       <c r="CG4">
         <v>146.84899999999999</v>
       </c>
+      <c r="CH4">
+        <v>147.49299999999999</v>
+      </c>
+      <c r="CI4">
+        <v>146.148</v>
+      </c>
+      <c r="CJ4">
+        <v>147.046999999999997</v>
+      </c>
+      <c r="CK4">
+        <v>147.911</v>
+      </c>
+      <c r="CL4">
+        <v>148.721</v>
+      </c>
+      <c r="CM4">
+        <v>148.679</v>
+      </c>
     </row>
-    <row r="5" spans="1:85">
+    <row r="5" spans="1:91">
       <c r="A5" t="s">
-        <v>88</v>
+        <v>94</v>
       </c>
       <c r="B5">
         <v>147</v>
       </c>
       <c r="C5">
         <v>154</v>
       </c>
       <c r="D5">
         <v>142</v>
       </c>
       <c r="E5">
         <v>131</v>
       </c>
       <c r="F5">
         <v>131</v>
       </c>
       <c r="G5">
         <v>140</v>
       </c>
       <c r="H5">
         <v>145</v>
       </c>
       <c r="I5">
         <v>155</v>
       </c>
@@ -1921,54 +2011,72 @@
       </c>
       <c r="BZ5">
         <v>261</v>
       </c>
       <c r="CA5">
         <v>254</v>
       </c>
       <c r="CB5">
         <v>264</v>
       </c>
       <c r="CC5">
         <v>292</v>
       </c>
       <c r="CD5">
         <v>283</v>
       </c>
       <c r="CE5">
         <v>278</v>
       </c>
       <c r="CF5">
         <v>254</v>
       </c>
       <c r="CG5">
         <v>276</v>
       </c>
+      <c r="CH5">
+        <v>256</v>
+      </c>
+      <c r="CI5">
+        <v>256</v>
+      </c>
+      <c r="CJ5">
+        <v>257</v>
+      </c>
+      <c r="CK5">
+        <v>247</v>
+      </c>
+      <c r="CL5">
+        <v>262</v>
+      </c>
+      <c r="CM5">
+        <v>252</v>
+      </c>
     </row>
-    <row r="6" spans="1:85">
+    <row r="6" spans="1:91">
       <c r="A6" t="s">
-        <v>89</v>
+        <v>95</v>
       </c>
       <c r="B6">
         <v>384.108</v>
       </c>
       <c r="C6">
         <v>381.19200000000001</v>
       </c>
       <c r="D6">
         <v>382.36700000000002</v>
       </c>
       <c r="E6">
         <v>383.29899999999998</v>
       </c>
       <c r="F6">
         <v>383.96499999999997</v>
       </c>
       <c r="G6">
         <v>372.23099999999999</v>
       </c>
       <c r="H6">
         <v>374.875</v>
       </c>
       <c r="I6">
         <v>374.99700000000001</v>
       </c>
@@ -2177,50 +2285,68 @@
         <v>413.58600000000001</v>
       </c>
       <c r="BZ6">
         <v>413.90899999999999</v>
       </c>
       <c r="CA6">
         <v>413.93700000000001</v>
       </c>
       <c r="CB6">
         <v>413.40899999999999</v>
       </c>
       <c r="CC6">
         <v>412.83499999999998</v>
       </c>
       <c r="CD6">
         <v>413.050000000000011</v>
       </c>
       <c r="CE6">
         <v>413.82600000000002</v>
       </c>
       <c r="CF6">
         <v>407.91000000000003</v>
       </c>
       <c r="CG6">
         <v>407.80599999999998</v>
+      </c>
+      <c r="CH6">
+        <v>408.14999999999998</v>
+      </c>
+      <c r="CI6">
+        <v>405.97899999999998</v>
+      </c>
+      <c r="CJ6">
+        <v>406.43400000000003</v>
+      </c>
+      <c r="CK6">
+        <v>407.079000000000008</v>
+      </c>
+      <c r="CL6">
+        <v>407.73899999999998</v>
+      </c>
+      <c r="CM6">
+        <v>407.447</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>