--- v0 (2025-12-13)
+++ v1 (2026-02-10)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="40">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="46">
   <si>
     <t>Tarjetas</t>
   </si>
   <si>
     <t>may-2022</t>
   </si>
   <si>
     <t>jun-2022</t>
   </si>
   <si>
     <t>jul-2022</t>
   </si>
   <si>
     <t>ago-2022</t>
   </si>
   <si>
     <t>sep-2022</t>
   </si>
   <si>
     <t>oct-2022</t>
   </si>
   <si>
     <t>nov-2022</t>
   </si>
   <si>
@@ -129,50 +129,68 @@
     <t>oct-24</t>
   </si>
   <si>
     <t>nov-24</t>
   </si>
   <si>
     <t>dic-24</t>
   </si>
   <si>
     <t>ene-25</t>
   </si>
   <si>
     <t>feb-25</t>
   </si>
   <si>
     <t>mar-25</t>
   </si>
   <si>
     <t>abr-25</t>
   </si>
   <si>
     <t>may-25</t>
   </si>
   <si>
     <t>jun-25</t>
+  </si>
+  <si>
+    <t>jul-25</t>
+  </si>
+  <si>
+    <t>ago-25</t>
+  </si>
+  <si>
+    <t>sep-25</t>
+  </si>
+  <si>
+    <t>oct-25</t>
+  </si>
+  <si>
+    <t>nov-25</t>
+  </si>
+  <si>
+    <t>dic-25</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -479,59 +497,59 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:AM2"/>
+  <dimension ref="A1:AS2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
-    <row r="1" spans="1:39">
+    <row r="1" spans="1:45">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
@@ -605,54 +623,72 @@
       </c>
       <c r="AF1" t="s">
         <v>31</v>
       </c>
       <c r="AG1" t="s">
         <v>32</v>
       </c>
       <c r="AH1" t="s">
         <v>33</v>
       </c>
       <c r="AI1" t="s">
         <v>34</v>
       </c>
       <c r="AJ1" t="s">
         <v>35</v>
       </c>
       <c r="AK1" t="s">
         <v>36</v>
       </c>
       <c r="AL1" t="s">
         <v>37</v>
       </c>
       <c r="AM1" t="s">
         <v>38</v>
       </c>
+      <c r="AN1" t="s">
+        <v>39</v>
+      </c>
+      <c r="AO1" t="s">
+        <v>40</v>
+      </c>
+      <c r="AP1" t="s">
+        <v>41</v>
+      </c>
+      <c r="AQ1" t="s">
+        <v>42</v>
+      </c>
+      <c r="AR1" t="s">
+        <v>43</v>
+      </c>
+      <c r="AS1" t="s">
+        <v>44</v>
+      </c>
     </row>
-    <row r="2" spans="1:39">
+    <row r="2" spans="1:45">
       <c r="A2" t="s">
-        <v>39</v>
+        <v>45</v>
       </c>
       <c r="B2">
         <v>121.441</v>
       </c>
       <c r="C2">
         <v>121.80500000000001</v>
       </c>
       <c r="D2">
         <v>121.934</v>
       </c>
       <c r="E2">
         <v>122.42</v>
       </c>
       <c r="F2">
         <v>122.904</v>
       </c>
       <c r="G2">
         <v>122.346</v>
       </c>
       <c r="H2">
         <v>122.931</v>
       </c>
       <c r="I2">
         <v>123.38</v>
       </c>
@@ -723,50 +759,68 @@
         <v>132.38399999999999</v>
       </c>
       <c r="AF2">
         <v>132.44399999999999</v>
       </c>
       <c r="AG2">
         <v>132.583</v>
       </c>
       <c r="AH2">
         <v>133.052999999999997</v>
       </c>
       <c r="AI2">
         <v>134.261</v>
       </c>
       <c r="AJ2">
         <v>134.529</v>
       </c>
       <c r="AK2">
         <v>135.18899999999999</v>
       </c>
       <c r="AL2">
         <v>135.94399999999999</v>
       </c>
       <c r="AM2">
         <v>136.328</v>
+      </c>
+      <c r="AN2">
+        <v>137.685</v>
+      </c>
+      <c r="AO2">
+        <v>137.92099999999999</v>
+      </c>
+      <c r="AP2">
+        <v>138.655</v>
+      </c>
+      <c r="AQ2">
+        <v>139.232</v>
+      </c>
+      <c r="AR2">
+        <v>139.321</v>
+      </c>
+      <c r="AS2">
+        <v>139.64699999999999</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>