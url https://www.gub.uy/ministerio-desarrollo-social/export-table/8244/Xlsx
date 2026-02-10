--- v0 (2025-12-13)
+++ v1 (2026-02-10)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="61">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="66">
   <si>
     <t>Departamento</t>
   </si>
   <si>
     <t>may-2022</t>
   </si>
   <si>
     <t>jun-2022</t>
   </si>
   <si>
     <t>jul-2022</t>
   </si>
   <si>
     <t>ago-2022</t>
   </si>
   <si>
     <t>sep-2022</t>
   </si>
   <si>
     <t>oct-2022</t>
   </si>
   <si>
     <t>nov-2022</t>
   </si>
   <si>
@@ -131,50 +131,68 @@
   <si>
     <t>nov-24</t>
   </si>
   <si>
     <t>dic-24</t>
   </si>
   <si>
     <t>ene-25</t>
   </si>
   <si>
     <t>feb-25</t>
   </si>
   <si>
     <t>mar-25</t>
   </si>
   <si>
     <t>abr-25</t>
   </si>
   <si>
     <t>may-25</t>
   </si>
   <si>
     <t>jun-25</t>
   </si>
   <si>
+    <t>jul-25</t>
+  </si>
+  <si>
+    <t>ago-25</t>
+  </si>
+  <si>
+    <t>sep-25</t>
+  </si>
+  <si>
+    <t>oct-25</t>
+  </si>
+  <si>
+    <t>nov-25</t>
+  </si>
+  <si>
+    <t>dic-25</t>
+  </si>
+  <si>
     <t>Artigas</t>
   </si>
   <si>
     <t>Canelones</t>
   </si>
   <si>
     <t>Cerro Largo</t>
   </si>
   <si>
     <t>Colonia</t>
   </si>
   <si>
     <t>Durazno</t>
   </si>
   <si>
     <t>Flores</t>
   </si>
   <si>
     <t>Florida</t>
   </si>
   <si>
     <t>Lavalleja</t>
   </si>
   <si>
     <t>Maldonado</t>
@@ -189,53 +207,50 @@
     <t>Río Negro</t>
   </si>
   <si>
     <t>Rivera</t>
   </si>
   <si>
     <t>Rocha</t>
   </si>
   <si>
     <t>Salto</t>
   </si>
   <si>
     <t>San José</t>
   </si>
   <si>
     <t>Soriano</t>
   </si>
   <si>
     <t>Tacuarembó</t>
   </si>
   <si>
     <t>Treinta y Tres</t>
   </si>
   <si>
     <t>Sin dato</t>
-  </si>
-[...1 lines deleted...]
-    <t>NA</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -542,59 +557,59 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:AM22"/>
+  <dimension ref="A1:AS22"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
-    <row r="1" spans="1:39">
+    <row r="1" spans="1:45">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
@@ -668,54 +683,72 @@
       </c>
       <c r="AF1" t="s">
         <v>31</v>
       </c>
       <c r="AG1" t="s">
         <v>32</v>
       </c>
       <c r="AH1" t="s">
         <v>33</v>
       </c>
       <c r="AI1" t="s">
         <v>34</v>
       </c>
       <c r="AJ1" t="s">
         <v>35</v>
       </c>
       <c r="AK1" t="s">
         <v>36</v>
       </c>
       <c r="AL1" t="s">
         <v>37</v>
       </c>
       <c r="AM1" t="s">
         <v>38</v>
       </c>
+      <c r="AN1" t="s">
+        <v>39</v>
+      </c>
+      <c r="AO1" t="s">
+        <v>40</v>
+      </c>
+      <c r="AP1" t="s">
+        <v>41</v>
+      </c>
+      <c r="AQ1" t="s">
+        <v>42</v>
+      </c>
+      <c r="AR1" t="s">
+        <v>43</v>
+      </c>
+      <c r="AS1" t="s">
+        <v>44</v>
+      </c>
     </row>
-    <row r="2" spans="1:39">
+    <row r="2" spans="1:45">
       <c r="A2" t="s">
-        <v>39</v>
+        <v>45</v>
       </c>
       <c r="B2">
         <v>4.969</v>
       </c>
       <c r="C2">
         <v>5.0049999999999999</v>
       </c>
       <c r="D2">
         <v>4.982</v>
       </c>
       <c r="E2">
         <v>5.008</v>
       </c>
       <c r="F2">
         <v>5.024</v>
       </c>
       <c r="G2">
         <v>4.988</v>
       </c>
       <c r="H2">
         <v>5.029</v>
       </c>
       <c r="I2">
         <v>5.016</v>
       </c>
@@ -787,54 +820,72 @@
       </c>
       <c r="AF2">
         <v>5.508</v>
       </c>
       <c r="AG2">
         <v>5.551</v>
       </c>
       <c r="AH2">
         <v>5.605</v>
       </c>
       <c r="AI2">
         <v>5.645</v>
       </c>
       <c r="AJ2">
         <v>5.717</v>
       </c>
       <c r="AK2">
         <v>5.745</v>
       </c>
       <c r="AL2">
         <v>5.757</v>
       </c>
       <c r="AM2">
         <v>5.787</v>
       </c>
+      <c r="AN2">
+        <v>5.82</v>
+      </c>
+      <c r="AO2">
+        <v>5.827</v>
+      </c>
+      <c r="AP2">
+        <v>5.83</v>
+      </c>
+      <c r="AQ2">
+        <v>5.858</v>
+      </c>
+      <c r="AR2">
+        <v>5.903</v>
+      </c>
+      <c r="AS2">
+        <v>5.926</v>
+      </c>
     </row>
-    <row r="3" spans="1:39">
+    <row r="3" spans="1:45">
       <c r="A3" t="s">
-        <v>40</v>
+        <v>46</v>
       </c>
       <c r="B3">
         <v>18.849</v>
       </c>
       <c r="C3">
         <v>18.898</v>
       </c>
       <c r="D3">
         <v>18.865</v>
       </c>
       <c r="E3">
         <v>18.883</v>
       </c>
       <c r="F3">
         <v>19.010999999999999</v>
       </c>
       <c r="G3">
         <v>18.932</v>
       </c>
       <c r="H3">
         <v>19.0</v>
       </c>
       <c r="I3">
         <v>19.079000000000001</v>
       </c>
@@ -906,54 +957,72 @@
       </c>
       <c r="AF3">
         <v>19.623</v>
       </c>
       <c r="AG3">
         <v>19.64</v>
       </c>
       <c r="AH3">
         <v>19.722</v>
       </c>
       <c r="AI3">
         <v>20.118</v>
       </c>
       <c r="AJ3">
         <v>20.112</v>
       </c>
       <c r="AK3">
         <v>20.23</v>
       </c>
       <c r="AL3">
         <v>20.351</v>
       </c>
       <c r="AM3">
         <v>20.493</v>
       </c>
+      <c r="AN3">
+        <v>20.782</v>
+      </c>
+      <c r="AO3">
+        <v>20.761</v>
+      </c>
+      <c r="AP3">
+        <v>20.777</v>
+      </c>
+      <c r="AQ3">
+        <v>20.913</v>
+      </c>
+      <c r="AR3">
+        <v>20.957</v>
+      </c>
+      <c r="AS3">
+        <v>21.079999999999998</v>
+      </c>
     </row>
-    <row r="4" spans="1:39">
+    <row r="4" spans="1:45">
       <c r="A4" t="s">
-        <v>41</v>
+        <v>47</v>
       </c>
       <c r="B4">
         <v>3.915</v>
       </c>
       <c r="C4">
         <v>3.926</v>
       </c>
       <c r="D4">
         <v>3.914</v>
       </c>
       <c r="E4">
         <v>3.931</v>
       </c>
       <c r="F4">
         <v>3.872</v>
       </c>
       <c r="G4">
         <v>3.847</v>
       </c>
       <c r="H4">
         <v>3.85</v>
       </c>
       <c r="I4">
         <v>3.843</v>
       </c>
@@ -1025,54 +1094,72 @@
       </c>
       <c r="AF4">
         <v>4.037</v>
       </c>
       <c r="AG4">
         <v>4.055</v>
       </c>
       <c r="AH4">
         <v>4.099</v>
       </c>
       <c r="AI4">
         <v>4.119</v>
       </c>
       <c r="AJ4">
         <v>4.122</v>
       </c>
       <c r="AK4">
         <v>4.126</v>
       </c>
       <c r="AL4">
         <v>4.163</v>
       </c>
       <c r="AM4">
         <v>4.152</v>
       </c>
+      <c r="AN4">
+        <v>4.183</v>
+      </c>
+      <c r="AO4">
+        <v>4.175</v>
+      </c>
+      <c r="AP4">
+        <v>4.212</v>
+      </c>
+      <c r="AQ4">
+        <v>4.232</v>
+      </c>
+      <c r="AR4">
+        <v>4.203</v>
+      </c>
+      <c r="AS4">
+        <v>4.195</v>
+      </c>
     </row>
-    <row r="5" spans="1:39">
+    <row r="5" spans="1:45">
       <c r="A5" t="s">
-        <v>42</v>
+        <v>48</v>
       </c>
       <c r="B5">
         <v>2.884</v>
       </c>
       <c r="C5">
         <v>2.916</v>
       </c>
       <c r="D5">
         <v>2.923</v>
       </c>
       <c r="E5">
         <v>2.929</v>
       </c>
       <c r="F5">
         <v>2.937</v>
       </c>
       <c r="G5">
         <v>2.93</v>
       </c>
       <c r="H5">
         <v>2.956</v>
       </c>
       <c r="I5">
         <v>2.969</v>
       </c>
@@ -1144,54 +1231,72 @@
       </c>
       <c r="AF5">
         <v>3.309</v>
       </c>
       <c r="AG5">
         <v>3.326</v>
       </c>
       <c r="AH5">
         <v>3.366</v>
       </c>
       <c r="AI5">
         <v>3.397</v>
       </c>
       <c r="AJ5">
         <v>3.39</v>
       </c>
       <c r="AK5">
         <v>3.404</v>
       </c>
       <c r="AL5">
         <v>3.411</v>
       </c>
       <c r="AM5">
         <v>3.418</v>
       </c>
+      <c r="AN5">
+        <v>3.44</v>
+      </c>
+      <c r="AO5">
+        <v>3.432</v>
+      </c>
+      <c r="AP5">
+        <v>3.433</v>
+      </c>
+      <c r="AQ5">
+        <v>3.439</v>
+      </c>
+      <c r="AR5">
+        <v>3.425</v>
+      </c>
+      <c r="AS5">
+        <v>3.427</v>
+      </c>
     </row>
-    <row r="6" spans="1:39">
+    <row r="6" spans="1:45">
       <c r="A6" t="s">
-        <v>43</v>
+        <v>49</v>
       </c>
       <c r="B6">
         <v>1.96</v>
       </c>
       <c r="C6">
         <v>1.973</v>
       </c>
       <c r="D6">
         <v>2.008</v>
       </c>
       <c r="E6">
         <v>1.991</v>
       </c>
       <c r="F6">
         <v>1.991</v>
       </c>
       <c r="G6">
         <v>1.989</v>
       </c>
       <c r="H6">
         <v>1.992</v>
       </c>
       <c r="I6">
         <v>1.988</v>
       </c>
@@ -1263,54 +1368,72 @@
       </c>
       <c r="AF6">
         <v>2.242</v>
       </c>
       <c r="AG6">
         <v>2.267</v>
       </c>
       <c r="AH6">
         <v>2.273</v>
       </c>
       <c r="AI6">
         <v>2.266</v>
       </c>
       <c r="AJ6">
         <v>2.259</v>
       </c>
       <c r="AK6">
         <v>2.256</v>
       </c>
       <c r="AL6">
         <v>2.276</v>
       </c>
       <c r="AM6">
         <v>2.294</v>
       </c>
+      <c r="AN6">
+        <v>2.315</v>
+      </c>
+      <c r="AO6">
+        <v>2.31</v>
+      </c>
+      <c r="AP6">
+        <v>2.302</v>
+      </c>
+      <c r="AQ6">
+        <v>2.309</v>
+      </c>
+      <c r="AR6">
+        <v>2.309</v>
+      </c>
+      <c r="AS6">
+        <v>2.311</v>
+      </c>
     </row>
-    <row r="7" spans="1:39">
+    <row r="7" spans="1:45">
       <c r="A7" t="s">
-        <v>44</v>
+        <v>50</v>
       </c>
       <c r="B7">
         <v>447</v>
       </c>
       <c r="C7">
         <v>457</v>
       </c>
       <c r="D7">
         <v>440</v>
       </c>
       <c r="E7">
         <v>436</v>
       </c>
       <c r="F7">
         <v>444</v>
       </c>
       <c r="G7">
         <v>447</v>
       </c>
       <c r="H7">
         <v>445</v>
       </c>
       <c r="I7">
         <v>444</v>
       </c>
@@ -1382,54 +1505,72 @@
       </c>
       <c r="AF7">
         <v>449</v>
       </c>
       <c r="AG7">
         <v>451</v>
       </c>
       <c r="AH7">
         <v>459</v>
       </c>
       <c r="AI7">
         <v>475</v>
       </c>
       <c r="AJ7">
         <v>473</v>
       </c>
       <c r="AK7">
         <v>474</v>
       </c>
       <c r="AL7">
         <v>489</v>
       </c>
       <c r="AM7">
         <v>491</v>
       </c>
+      <c r="AN7">
+        <v>497</v>
+      </c>
+      <c r="AO7">
+        <v>497</v>
+      </c>
+      <c r="AP7">
+        <v>495</v>
+      </c>
+      <c r="AQ7">
+        <v>489</v>
+      </c>
+      <c r="AR7">
+        <v>495</v>
+      </c>
+      <c r="AS7">
+        <v>499</v>
+      </c>
     </row>
-    <row r="8" spans="1:39">
+    <row r="8" spans="1:45">
       <c r="A8" t="s">
-        <v>45</v>
+        <v>51</v>
       </c>
       <c r="B8">
         <v>1.733</v>
       </c>
       <c r="C8">
         <v>1.735</v>
       </c>
       <c r="D8">
         <v>1.74</v>
       </c>
       <c r="E8">
         <v>1.75</v>
       </c>
       <c r="F8">
         <v>1.767</v>
       </c>
       <c r="G8">
         <v>1.739</v>
       </c>
       <c r="H8">
         <v>1.757</v>
       </c>
       <c r="I8">
         <v>1.77</v>
       </c>
@@ -1501,54 +1642,72 @@
       </c>
       <c r="AF8">
         <v>1.866</v>
       </c>
       <c r="AG8">
         <v>1.874</v>
       </c>
       <c r="AH8">
         <v>1.902</v>
       </c>
       <c r="AI8">
         <v>1.911</v>
       </c>
       <c r="AJ8">
         <v>1.9</v>
       </c>
       <c r="AK8">
         <v>1.911</v>
       </c>
       <c r="AL8">
         <v>1.892</v>
       </c>
       <c r="AM8">
         <v>1.871</v>
       </c>
+      <c r="AN8">
+        <v>1.899</v>
+      </c>
+      <c r="AO8">
+        <v>1.876</v>
+      </c>
+      <c r="AP8">
+        <v>1.888</v>
+      </c>
+      <c r="AQ8">
+        <v>1.881</v>
+      </c>
+      <c r="AR8">
+        <v>1.888</v>
+      </c>
+      <c r="AS8">
+        <v>1.882</v>
+      </c>
     </row>
-    <row r="9" spans="1:39">
+    <row r="9" spans="1:45">
       <c r="A9" t="s">
-        <v>46</v>
+        <v>52</v>
       </c>
       <c r="B9">
         <v>1.439</v>
       </c>
       <c r="C9">
         <v>1.432</v>
       </c>
       <c r="D9">
         <v>1.42</v>
       </c>
       <c r="E9">
         <v>1.444</v>
       </c>
       <c r="F9">
         <v>1.453</v>
       </c>
       <c r="G9">
         <v>1.434</v>
       </c>
       <c r="H9">
         <v>1.45</v>
       </c>
       <c r="I9">
         <v>1.478</v>
       </c>
@@ -1620,54 +1779,72 @@
       </c>
       <c r="AF9">
         <v>1.547</v>
       </c>
       <c r="AG9">
         <v>1.543</v>
       </c>
       <c r="AH9">
         <v>1.569</v>
       </c>
       <c r="AI9">
         <v>1.57</v>
       </c>
       <c r="AJ9">
         <v>1.56</v>
       </c>
       <c r="AK9">
         <v>1.552</v>
       </c>
       <c r="AL9">
         <v>1.552</v>
       </c>
       <c r="AM9">
         <v>1.524</v>
       </c>
+      <c r="AN9">
+        <v>1.525</v>
+      </c>
+      <c r="AO9">
+        <v>1.506</v>
+      </c>
+      <c r="AP9">
+        <v>1.522</v>
+      </c>
+      <c r="AQ9">
+        <v>1.526</v>
+      </c>
+      <c r="AR9">
+        <v>1.51</v>
+      </c>
+      <c r="AS9">
+        <v>1.508</v>
+      </c>
     </row>
-    <row r="10" spans="1:39">
+    <row r="10" spans="1:45">
       <c r="A10" t="s">
-        <v>47</v>
+        <v>53</v>
       </c>
       <c r="B10">
         <v>3.808</v>
       </c>
       <c r="C10">
         <v>3.84</v>
       </c>
       <c r="D10">
         <v>3.892</v>
       </c>
       <c r="E10">
         <v>3.955</v>
       </c>
       <c r="F10">
         <v>3.99</v>
       </c>
       <c r="G10">
         <v>3.995</v>
       </c>
       <c r="H10">
         <v>4.059</v>
       </c>
       <c r="I10">
         <v>4.06</v>
       </c>
@@ -1739,54 +1916,72 @@
       </c>
       <c r="AF10">
         <v>4.36</v>
       </c>
       <c r="AG10">
         <v>4.388</v>
       </c>
       <c r="AH10">
         <v>4.415</v>
       </c>
       <c r="AI10">
         <v>4.52</v>
       </c>
       <c r="AJ10">
         <v>4.484</v>
       </c>
       <c r="AK10">
         <v>4.483</v>
       </c>
       <c r="AL10">
         <v>4.509</v>
       </c>
       <c r="AM10">
         <v>4.487</v>
       </c>
+      <c r="AN10">
+        <v>4.509</v>
+      </c>
+      <c r="AO10">
+        <v>4.488</v>
+      </c>
+      <c r="AP10">
+        <v>4.525</v>
+      </c>
+      <c r="AQ10">
+        <v>4.512</v>
+      </c>
+      <c r="AR10">
+        <v>4.511</v>
+      </c>
+      <c r="AS10">
+        <v>4.518</v>
+      </c>
     </row>
-    <row r="11" spans="1:39">
+    <row r="11" spans="1:45">
       <c r="A11" t="s">
-        <v>48</v>
+        <v>54</v>
       </c>
       <c r="B11">
         <v>46.917</v>
       </c>
       <c r="C11">
         <v>47.063000000000002</v>
       </c>
       <c r="D11">
         <v>47.046999999999997</v>
       </c>
       <c r="E11">
         <v>47.359</v>
       </c>
       <c r="F11">
         <v>47.652</v>
       </c>
       <c r="G11">
         <v>47.487</v>
       </c>
       <c r="H11">
         <v>47.768</v>
       </c>
       <c r="I11">
         <v>48.045000000000002</v>
       </c>
@@ -1858,54 +2053,72 @@
       </c>
       <c r="AF11">
         <v>53.104</v>
       </c>
       <c r="AG11">
         <v>53.0050000000000026</v>
       </c>
       <c r="AH11">
         <v>53.122</v>
       </c>
       <c r="AI11">
         <v>53.491</v>
       </c>
       <c r="AJ11">
         <v>53.684</v>
       </c>
       <c r="AK11">
         <v>54.048000000000002</v>
       </c>
       <c r="AL11">
         <v>54.555</v>
       </c>
       <c r="AM11">
         <v>54.798</v>
       </c>
+      <c r="AN11">
+        <v>55.391</v>
+      </c>
+      <c r="AO11">
+        <v>55.631</v>
+      </c>
+      <c r="AP11">
+        <v>56.058999999999997</v>
+      </c>
+      <c r="AQ11">
+        <v>56.471</v>
+      </c>
+      <c r="AR11">
+        <v>56.382</v>
+      </c>
+      <c r="AS11">
+        <v>56.459</v>
+      </c>
     </row>
-    <row r="12" spans="1:39">
+    <row r="12" spans="1:45">
       <c r="A12" t="s">
-        <v>49</v>
+        <v>55</v>
       </c>
       <c r="B12">
         <v>4.558</v>
       </c>
       <c r="C12">
         <v>4.582</v>
       </c>
       <c r="D12">
         <v>4.619</v>
       </c>
       <c r="E12">
         <v>4.603</v>
       </c>
       <c r="F12">
         <v>4.614</v>
       </c>
       <c r="G12">
         <v>4.585</v>
       </c>
       <c r="H12">
         <v>4.606</v>
       </c>
       <c r="I12">
         <v>4.601</v>
       </c>
@@ -1977,54 +2190,72 @@
       </c>
       <c r="AF12">
         <v>4.773</v>
       </c>
       <c r="AG12">
         <v>4.757</v>
       </c>
       <c r="AH12">
         <v>4.75</v>
       </c>
       <c r="AI12">
         <v>4.762</v>
       </c>
       <c r="AJ12">
         <v>4.753</v>
       </c>
       <c r="AK12">
         <v>4.742</v>
       </c>
       <c r="AL12">
         <v>4.733</v>
       </c>
       <c r="AM12">
         <v>4.705</v>
       </c>
+      <c r="AN12">
+        <v>4.721</v>
+      </c>
+      <c r="AO12">
+        <v>4.754</v>
+      </c>
+      <c r="AP12">
+        <v>4.699</v>
+      </c>
+      <c r="AQ12">
+        <v>4.706</v>
+      </c>
+      <c r="AR12">
+        <v>4.72</v>
+      </c>
+      <c r="AS12">
+        <v>4.709</v>
+      </c>
     </row>
-    <row r="13" spans="1:39">
+    <row r="13" spans="1:45">
       <c r="A13" t="s">
-        <v>50</v>
+        <v>56</v>
       </c>
       <c r="B13">
         <v>2.062</v>
       </c>
       <c r="C13">
         <v>2.065</v>
       </c>
       <c r="D13">
         <v>2.059</v>
       </c>
       <c r="E13">
         <v>2.069</v>
       </c>
       <c r="F13">
         <v>2.053</v>
       </c>
       <c r="G13">
         <v>2.034</v>
       </c>
       <c r="H13">
         <v>2.036</v>
       </c>
       <c r="I13">
         <v>2.023</v>
       </c>
@@ -2043,107 +2274,125 @@
       <c r="N13">
         <v>2.05</v>
       </c>
       <c r="O13">
         <v>2.047</v>
       </c>
       <c r="P13">
         <v>2.053</v>
       </c>
       <c r="Q13">
         <v>2.065</v>
       </c>
       <c r="R13">
         <v>2.041</v>
       </c>
       <c r="S13">
         <v>2.019</v>
       </c>
       <c r="T13">
         <v>2.027</v>
       </c>
       <c r="U13">
         <v>2.029</v>
       </c>
       <c r="V13">
-        <v>6.434</v>
+        <v>2.031</v>
       </c>
       <c r="W13">
-        <v>6.319</v>
+        <v>1.997</v>
       </c>
       <c r="X13">
-        <v>6.525</v>
+        <v>2.074</v>
       </c>
       <c r="Y13">
-        <v>6.597</v>
+        <v>2.1</v>
       </c>
       <c r="Z13">
-        <v>6.632</v>
+        <v>2.164</v>
       </c>
       <c r="AA13">
-        <v>6.732</v>
+        <v>2.129</v>
       </c>
       <c r="AB13">
-        <v>6.731</v>
+        <v>2.145</v>
       </c>
       <c r="AC13">
-        <v>6.779</v>
+        <v>2.174</v>
       </c>
       <c r="AD13">
-        <v>6.751</v>
+        <v>2.186</v>
       </c>
       <c r="AE13">
-        <v>6.718</v>
+        <v>2.202</v>
       </c>
       <c r="AF13">
-        <v>6.736</v>
+        <v>2.214</v>
       </c>
       <c r="AG13">
-        <v>6.704</v>
+        <v>2.233</v>
       </c>
       <c r="AH13">
         <v>6.696</v>
       </c>
       <c r="AI13">
         <v>6.711</v>
       </c>
       <c r="AJ13">
         <v>6.699</v>
       </c>
       <c r="AK13">
         <v>6.743</v>
       </c>
       <c r="AL13">
         <v>6.738</v>
       </c>
       <c r="AM13">
         <v>6.76</v>
       </c>
+      <c r="AN13">
+        <v>2.346</v>
+      </c>
+      <c r="AO13">
+        <v>2.349</v>
+      </c>
+      <c r="AP13">
+        <v>2.364</v>
+      </c>
+      <c r="AQ13">
+        <v>2.367</v>
+      </c>
+      <c r="AR13">
+        <v>2.368</v>
+      </c>
+      <c r="AS13">
+        <v>2.369</v>
+      </c>
     </row>
-    <row r="14" spans="1:39">
+    <row r="14" spans="1:45">
       <c r="A14" t="s">
-        <v>51</v>
+        <v>57</v>
       </c>
       <c r="B14">
         <v>5.91</v>
       </c>
       <c r="C14">
         <v>5.953</v>
       </c>
       <c r="D14">
         <v>6.0019999999999998</v>
       </c>
       <c r="E14">
         <v>6.0090000000000003</v>
       </c>
       <c r="F14">
         <v>6.0019999999999998</v>
       </c>
       <c r="G14">
         <v>5.989</v>
       </c>
       <c r="H14">
         <v>6.019</v>
       </c>
       <c r="I14">
         <v>6.051</v>
       </c>
@@ -2162,107 +2411,125 @@
       <c r="N14">
         <v>6.243</v>
       </c>
       <c r="O14">
         <v>6.245</v>
       </c>
       <c r="P14">
         <v>6.269</v>
       </c>
       <c r="Q14">
         <v>6.317</v>
       </c>
       <c r="R14">
         <v>6.361</v>
       </c>
       <c r="S14">
         <v>6.389</v>
       </c>
       <c r="T14">
         <v>6.401</v>
       </c>
       <c r="U14">
         <v>6.369</v>
       </c>
       <c r="V14">
-        <v>2.159</v>
+        <v>6.434</v>
       </c>
       <c r="W14">
-        <v>2.143</v>
+        <v>6.319</v>
       </c>
       <c r="X14">
-        <v>2.195</v>
+        <v>6.525</v>
       </c>
       <c r="Y14">
-        <v>2.222</v>
+        <v>6.597</v>
       </c>
       <c r="Z14">
-        <v>2.253</v>
+        <v>6.632</v>
       </c>
       <c r="AA14">
-        <v>2.274</v>
+        <v>6.732</v>
       </c>
       <c r="AB14">
-        <v>2.302</v>
+        <v>6.731</v>
       </c>
       <c r="AC14">
-        <v>2.333</v>
+        <v>6.779</v>
       </c>
       <c r="AD14">
-        <v>2.356</v>
+        <v>6.751</v>
       </c>
       <c r="AE14">
-        <v>2.367</v>
+        <v>6.718</v>
       </c>
       <c r="AF14">
-        <v>2.392</v>
+        <v>6.736</v>
       </c>
       <c r="AG14">
-        <v>2.405</v>
+        <v>6.704</v>
       </c>
       <c r="AH14">
         <v>2.423</v>
       </c>
       <c r="AI14">
         <v>2.46</v>
       </c>
       <c r="AJ14">
         <v>2.457</v>
       </c>
       <c r="AK14">
         <v>2.483</v>
       </c>
       <c r="AL14">
         <v>2.49</v>
       </c>
       <c r="AM14">
         <v>2.506</v>
       </c>
+      <c r="AN14">
+        <v>6.814</v>
+      </c>
+      <c r="AO14">
+        <v>6.819</v>
+      </c>
+      <c r="AP14">
+        <v>6.86</v>
+      </c>
+      <c r="AQ14">
+        <v>6.88</v>
+      </c>
+      <c r="AR14">
+        <v>6.928</v>
+      </c>
+      <c r="AS14">
+        <v>6.944</v>
+      </c>
     </row>
-    <row r="15" spans="1:39">
+    <row r="15" spans="1:45">
       <c r="A15" t="s">
-        <v>52</v>
+        <v>58</v>
       </c>
       <c r="B15">
         <v>2.301</v>
       </c>
       <c r="C15">
         <v>2.297</v>
       </c>
       <c r="D15">
         <v>2.308</v>
       </c>
       <c r="E15">
         <v>2.314</v>
       </c>
       <c r="F15">
         <v>2.324</v>
       </c>
       <c r="G15">
         <v>2.31</v>
       </c>
       <c r="H15">
         <v>2.308</v>
       </c>
       <c r="I15">
         <v>2.306</v>
       </c>
@@ -2281,107 +2548,125 @@
       <c r="N15">
         <v>2.374</v>
       </c>
       <c r="O15">
         <v>2.389</v>
       </c>
       <c r="P15">
         <v>2.397</v>
       </c>
       <c r="Q15">
         <v>2.385</v>
       </c>
       <c r="R15">
         <v>2.343</v>
       </c>
       <c r="S15">
         <v>2.324</v>
       </c>
       <c r="T15">
         <v>2.285</v>
       </c>
       <c r="U15">
         <v>2.166</v>
       </c>
       <c r="V15">
-        <v>2.031</v>
+        <v>2.159</v>
       </c>
       <c r="W15">
-        <v>1.997</v>
+        <v>2.143</v>
       </c>
       <c r="X15">
-        <v>2.074</v>
+        <v>2.195</v>
       </c>
       <c r="Y15">
-        <v>2.1</v>
+        <v>2.222</v>
       </c>
       <c r="Z15">
-        <v>2.164</v>
+        <v>2.253</v>
       </c>
       <c r="AA15">
-        <v>2.129</v>
+        <v>2.274</v>
       </c>
       <c r="AB15">
-        <v>2.145</v>
+        <v>2.302</v>
       </c>
       <c r="AC15">
-        <v>2.174</v>
+        <v>2.333</v>
       </c>
       <c r="AD15">
-        <v>2.186</v>
+        <v>2.356</v>
       </c>
       <c r="AE15">
-        <v>2.202</v>
+        <v>2.367</v>
       </c>
       <c r="AF15">
-        <v>2.214</v>
+        <v>2.392</v>
       </c>
       <c r="AG15">
-        <v>2.233</v>
+        <v>2.405</v>
       </c>
       <c r="AH15">
         <v>2.248</v>
       </c>
       <c r="AI15">
         <v>2.259</v>
       </c>
       <c r="AJ15">
         <v>2.283</v>
       </c>
       <c r="AK15">
         <v>2.308</v>
       </c>
       <c r="AL15">
         <v>2.304</v>
       </c>
       <c r="AM15">
         <v>2.314</v>
       </c>
+      <c r="AN15">
+        <v>2.533</v>
+      </c>
+      <c r="AO15">
+        <v>2.552</v>
+      </c>
+      <c r="AP15">
+        <v>2.614</v>
+      </c>
+      <c r="AQ15">
+        <v>2.636</v>
+      </c>
+      <c r="AR15">
+        <v>2.633</v>
+      </c>
+      <c r="AS15">
+        <v>2.644</v>
+      </c>
     </row>
-    <row r="16" spans="1:39">
+    <row r="16" spans="1:45">
       <c r="A16" t="s">
-        <v>53</v>
+        <v>59</v>
       </c>
       <c r="B16">
         <v>6.849</v>
       </c>
       <c r="C16">
         <v>6.857</v>
       </c>
       <c r="D16">
         <v>6.918</v>
       </c>
       <c r="E16">
         <v>6.915</v>
       </c>
       <c r="F16">
         <v>6.926</v>
       </c>
       <c r="G16">
         <v>6.887</v>
       </c>
       <c r="H16">
         <v>6.913</v>
       </c>
       <c r="I16">
         <v>6.864</v>
       </c>
@@ -2453,54 +2738,72 @@
       </c>
       <c r="AF16">
         <v>7.119</v>
       </c>
       <c r="AG16">
         <v>7.107</v>
       </c>
       <c r="AH16">
         <v>7.096</v>
       </c>
       <c r="AI16">
         <v>7.152</v>
       </c>
       <c r="AJ16">
         <v>7.211</v>
       </c>
       <c r="AK16">
         <v>7.226</v>
       </c>
       <c r="AL16">
         <v>7.246</v>
       </c>
       <c r="AM16">
         <v>7.261</v>
       </c>
+      <c r="AN16">
+        <v>7.324</v>
+      </c>
+      <c r="AO16">
+        <v>7.335</v>
+      </c>
+      <c r="AP16">
+        <v>7.399</v>
+      </c>
+      <c r="AQ16">
+        <v>7.416</v>
+      </c>
+      <c r="AR16">
+        <v>7.487</v>
+      </c>
+      <c r="AS16">
+        <v>7.539</v>
+      </c>
     </row>
-    <row r="17" spans="1:39">
+    <row r="17" spans="1:45">
       <c r="A17" t="s">
-        <v>54</v>
+        <v>60</v>
       </c>
       <c r="B17">
         <v>4.119</v>
       </c>
       <c r="C17">
         <v>4.112</v>
       </c>
       <c r="D17">
         <v>4.116</v>
       </c>
       <c r="E17">
         <v>4.093</v>
       </c>
       <c r="F17">
         <v>4.121</v>
       </c>
       <c r="G17">
         <v>4.111</v>
       </c>
       <c r="H17">
         <v>4.119</v>
       </c>
       <c r="I17">
         <v>4.175</v>
       </c>
@@ -2572,54 +2875,72 @@
       </c>
       <c r="AF17">
         <v>4.34</v>
       </c>
       <c r="AG17">
         <v>4.37</v>
       </c>
       <c r="AH17">
         <v>4.383</v>
       </c>
       <c r="AI17">
         <v>4.414</v>
       </c>
       <c r="AJ17">
         <v>4.414</v>
       </c>
       <c r="AK17">
         <v>4.426</v>
       </c>
       <c r="AL17">
         <v>4.429</v>
       </c>
       <c r="AM17">
         <v>4.406</v>
       </c>
+      <c r="AN17">
+        <v>4.439</v>
+      </c>
+      <c r="AO17">
+        <v>4.441</v>
+      </c>
+      <c r="AP17">
+        <v>4.471</v>
+      </c>
+      <c r="AQ17">
+        <v>4.44</v>
+      </c>
+      <c r="AR17">
+        <v>4.47</v>
+      </c>
+      <c r="AS17">
+        <v>4.447</v>
+      </c>
     </row>
-    <row r="18" spans="1:39">
+    <row r="18" spans="1:45">
       <c r="A18" t="s">
-        <v>55</v>
+        <v>61</v>
       </c>
       <c r="B18">
         <v>2.734</v>
       </c>
       <c r="C18">
         <v>2.716</v>
       </c>
       <c r="D18">
         <v>2.716</v>
       </c>
       <c r="E18">
         <v>2.708</v>
       </c>
       <c r="F18">
         <v>2.696</v>
       </c>
       <c r="G18">
         <v>2.655</v>
       </c>
       <c r="H18">
         <v>2.654</v>
       </c>
       <c r="I18">
         <v>2.649</v>
       </c>
@@ -2691,54 +3012,72 @@
       </c>
       <c r="AF18">
         <v>2.619</v>
       </c>
       <c r="AG18">
         <v>2.627</v>
       </c>
       <c r="AH18">
         <v>2.63</v>
       </c>
       <c r="AI18">
         <v>2.664</v>
       </c>
       <c r="AJ18">
         <v>2.654</v>
       </c>
       <c r="AK18">
         <v>2.664</v>
       </c>
       <c r="AL18">
         <v>2.687</v>
       </c>
       <c r="AM18">
         <v>2.689</v>
       </c>
+      <c r="AN18">
+        <v>2.711</v>
+      </c>
+      <c r="AO18">
+        <v>2.721</v>
+      </c>
+      <c r="AP18">
+        <v>2.752</v>
+      </c>
+      <c r="AQ18">
+        <v>2.746</v>
+      </c>
+      <c r="AR18">
+        <v>2.723</v>
+      </c>
+      <c r="AS18">
+        <v>2.751</v>
+      </c>
     </row>
-    <row r="19" spans="1:39">
+    <row r="19" spans="1:45">
       <c r="A19" t="s">
-        <v>56</v>
+        <v>62</v>
       </c>
       <c r="B19">
         <v>4.281</v>
       </c>
       <c r="C19">
         <v>4.27</v>
       </c>
       <c r="D19">
         <v>4.258</v>
       </c>
       <c r="E19">
         <v>4.292</v>
       </c>
       <c r="F19">
         <v>4.288</v>
       </c>
       <c r="G19">
         <v>4.272</v>
       </c>
       <c r="H19">
         <v>4.269</v>
       </c>
       <c r="I19">
         <v>4.308</v>
       </c>
@@ -2810,54 +3149,72 @@
       </c>
       <c r="AF19">
         <v>4.429</v>
       </c>
       <c r="AG19">
         <v>4.462</v>
       </c>
       <c r="AH19">
         <v>4.491</v>
       </c>
       <c r="AI19">
         <v>4.508</v>
       </c>
       <c r="AJ19">
         <v>4.492</v>
       </c>
       <c r="AK19">
         <v>4.526</v>
       </c>
       <c r="AL19">
         <v>4.501</v>
       </c>
       <c r="AM19">
         <v>4.534</v>
       </c>
+      <c r="AN19">
+        <v>4.557</v>
+      </c>
+      <c r="AO19">
+        <v>4.555</v>
+      </c>
+      <c r="AP19">
+        <v>4.566</v>
+      </c>
+      <c r="AQ19">
+        <v>4.524</v>
+      </c>
+      <c r="AR19">
+        <v>4.499</v>
+      </c>
+      <c r="AS19">
+        <v>4.511</v>
+      </c>
     </row>
-    <row r="20" spans="1:39">
+    <row r="20" spans="1:45">
       <c r="A20" t="s">
-        <v>57</v>
+        <v>63</v>
       </c>
       <c r="B20">
         <v>1.706</v>
       </c>
       <c r="C20">
         <v>1.708</v>
       </c>
       <c r="D20">
         <v>1.707</v>
       </c>
       <c r="E20">
         <v>1.723</v>
       </c>
       <c r="F20">
         <v>1.734</v>
       </c>
       <c r="G20">
         <v>1.715</v>
       </c>
       <c r="H20">
         <v>1.701</v>
       </c>
       <c r="I20">
         <v>1.711</v>
       </c>
@@ -2929,54 +3286,72 @@
       </c>
       <c r="AF20">
         <v>1.777</v>
       </c>
       <c r="AG20">
         <v>1.787</v>
       </c>
       <c r="AH20">
         <v>1.804</v>
       </c>
       <c r="AI20">
         <v>1.819</v>
       </c>
       <c r="AJ20">
         <v>1.837</v>
       </c>
       <c r="AK20">
         <v>1.842</v>
       </c>
       <c r="AL20">
         <v>1.834</v>
       </c>
       <c r="AM20">
         <v>1.838</v>
       </c>
+      <c r="AN20">
+        <v>1.837</v>
+      </c>
+      <c r="AO20">
+        <v>1.869</v>
+      </c>
+      <c r="AP20">
+        <v>1.865</v>
+      </c>
+      <c r="AQ20">
+        <v>1.862</v>
+      </c>
+      <c r="AR20">
+        <v>1.876</v>
+      </c>
+      <c r="AS20">
+        <v>1.888</v>
+      </c>
     </row>
-    <row r="21" spans="1:39">
+    <row r="21" spans="1:45">
       <c r="A21" t="s">
-        <v>58</v>
+        <v>64</v>
       </c>
       <c r="B21">
         <v>0</v>
       </c>
       <c r="C21">
         <v>0</v>
       </c>
       <c r="D21">
         <v>0</v>
       </c>
       <c r="E21">
         <v>8</v>
       </c>
       <c r="F21">
         <v>5</v>
       </c>
       <c r="G21">
         <v>0</v>
       </c>
       <c r="H21">
         <v>0</v>
       </c>
       <c r="I21">
         <v>0</v>
       </c>
@@ -3024,78 +3399,96 @@
       </c>
       <c r="X21">
         <v>0</v>
       </c>
       <c r="Y21">
         <v>0</v>
       </c>
       <c r="Z21">
         <v>0</v>
       </c>
       <c r="AA21">
         <v>0</v>
       </c>
       <c r="AB21">
         <v>0</v>
       </c>
       <c r="AC21">
         <v>0</v>
       </c>
       <c r="AD21">
         <v>0</v>
       </c>
       <c r="AE21">
         <v>0</v>
       </c>
-      <c r="AF21" t="s">
-        <v>59</v>
+      <c r="AF21">
+        <v>0</v>
       </c>
       <c r="AG21">
         <v>31</v>
       </c>
       <c r="AH21">
         <v>0</v>
       </c>
       <c r="AI21">
         <v>0</v>
       </c>
       <c r="AJ21">
         <v>28</v>
       </c>
       <c r="AK21">
         <v>0</v>
       </c>
       <c r="AL21">
         <v>27</v>
       </c>
       <c r="AM21">
         <v>0</v>
       </c>
+      <c r="AN21">
+        <v>42</v>
+      </c>
+      <c r="AO21">
+        <v>23</v>
+      </c>
+      <c r="AP21">
+        <v>22</v>
+      </c>
+      <c r="AQ21">
+        <v>25</v>
+      </c>
+      <c r="AR21">
+        <v>34</v>
+      </c>
+      <c r="AS21">
+        <v>40</v>
+      </c>
     </row>
-    <row r="22" spans="1:39">
+    <row r="22" spans="1:45">
       <c r="A22" t="s">
-        <v>60</v>
+        <v>65</v>
       </c>
       <c r="B22">
         <v>121.441</v>
       </c>
       <c r="C22">
         <v>121.80500000000001</v>
       </c>
       <c r="D22">
         <v>121.934</v>
       </c>
       <c r="E22">
         <v>122.42</v>
       </c>
       <c r="F22">
         <v>122.904</v>
       </c>
       <c r="G22">
         <v>122.346</v>
       </c>
       <c r="H22">
         <v>122.931</v>
       </c>
       <c r="I22">
         <v>123.38</v>
       </c>
@@ -3166,50 +3559,68 @@
         <v>132.38399999999999</v>
       </c>
       <c r="AF22">
         <v>132.44399999999999</v>
       </c>
       <c r="AG22">
         <v>132.583</v>
       </c>
       <c r="AH22">
         <v>133.052999999999997</v>
       </c>
       <c r="AI22">
         <v>134.261</v>
       </c>
       <c r="AJ22">
         <v>134.529</v>
       </c>
       <c r="AK22">
         <v>135.18899999999999</v>
       </c>
       <c r="AL22">
         <v>135.94399999999999</v>
       </c>
       <c r="AM22">
         <v>136.328</v>
+      </c>
+      <c r="AN22">
+        <v>137.685</v>
+      </c>
+      <c r="AO22">
+        <v>137.92099999999999</v>
+      </c>
+      <c r="AP22">
+        <v>138.655</v>
+      </c>
+      <c r="AQ22">
+        <v>139.232</v>
+      </c>
+      <c r="AR22">
+        <v>139.321</v>
+      </c>
+      <c r="AS22">
+        <v>139.64699999999999</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>