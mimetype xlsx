--- v0 (2025-12-13)
+++ v1 (2026-02-10)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="45">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
   <si>
     <t>Tipo beneficio</t>
   </si>
   <si>
     <t>may-2022</t>
   </si>
   <si>
     <t>jun-2022</t>
   </si>
   <si>
     <t>jul-2022</t>
   </si>
   <si>
     <t>ago-2022</t>
   </si>
   <si>
     <t>sep-2022</t>
   </si>
   <si>
     <t>oct-2022</t>
   </si>
   <si>
     <t>nov-2022</t>
   </si>
   <si>
@@ -129,50 +129,68 @@
     <t>oct-24</t>
   </si>
   <si>
     <t>nov-24</t>
   </si>
   <si>
     <t>dic-24</t>
   </si>
   <si>
     <t>ene-25</t>
   </si>
   <si>
     <t>feb-25</t>
   </si>
   <si>
     <t>mar-25</t>
   </si>
   <si>
     <t>abr-25</t>
   </si>
   <si>
     <t>may-25</t>
   </si>
   <si>
     <t>jun-25</t>
+  </si>
+  <si>
+    <t>jul-25</t>
+  </si>
+  <si>
+    <t>ago-25</t>
+  </si>
+  <si>
+    <t>sep-25</t>
+  </si>
+  <si>
+    <t>oct-25</t>
+  </si>
+  <si>
+    <t>nov-25</t>
+  </si>
+  <si>
+    <t>dic-25</t>
   </si>
   <si>
     <t>TUS Simple</t>
   </si>
   <si>
     <t>TUS Doble</t>
   </si>
   <si>
     <t>Monto PAEC-BBB</t>
   </si>
   <si>
     <t>Monto Bono Crianza</t>
   </si>
   <si>
     <t>Sin dato</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
@@ -494,59 +512,59 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:AM7"/>
+  <dimension ref="A1:AS7"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
-    <row r="1" spans="1:39">
+    <row r="1" spans="1:45">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
@@ -620,54 +638,72 @@
       </c>
       <c r="AF1" t="s">
         <v>31</v>
       </c>
       <c r="AG1" t="s">
         <v>32</v>
       </c>
       <c r="AH1" t="s">
         <v>33</v>
       </c>
       <c r="AI1" t="s">
         <v>34</v>
       </c>
       <c r="AJ1" t="s">
         <v>35</v>
       </c>
       <c r="AK1" t="s">
         <v>36</v>
       </c>
       <c r="AL1" t="s">
         <v>37</v>
       </c>
       <c r="AM1" t="s">
         <v>38</v>
       </c>
+      <c r="AN1" t="s">
+        <v>39</v>
+      </c>
+      <c r="AO1" t="s">
+        <v>40</v>
+      </c>
+      <c r="AP1" t="s">
+        <v>41</v>
+      </c>
+      <c r="AQ1" t="s">
+        <v>42</v>
+      </c>
+      <c r="AR1" t="s">
+        <v>43</v>
+      </c>
+      <c r="AS1" t="s">
+        <v>44</v>
+      </c>
     </row>
-    <row r="2" spans="1:39">
+    <row r="2" spans="1:45">
       <c r="A2" t="s">
-        <v>39</v>
+        <v>45</v>
       </c>
       <c r="B2">
         <v>43.475</v>
       </c>
       <c r="C2">
         <v>43.571</v>
       </c>
       <c r="D2">
         <v>43.478</v>
       </c>
       <c r="E2">
         <v>43.959</v>
       </c>
       <c r="F2">
         <v>44.129</v>
       </c>
       <c r="G2">
         <v>43.956</v>
       </c>
       <c r="H2">
         <v>44.257</v>
       </c>
       <c r="I2">
         <v>44.425</v>
       </c>
@@ -739,54 +775,72 @@
       </c>
       <c r="AF2">
         <v>52.157</v>
       </c>
       <c r="AG2">
         <v>52.312</v>
       </c>
       <c r="AH2">
         <v>52.409</v>
       </c>
       <c r="AI2">
         <v>53.144</v>
       </c>
       <c r="AJ2">
         <v>53.363</v>
       </c>
       <c r="AK2">
         <v>53.768</v>
       </c>
       <c r="AL2">
         <v>54.501</v>
       </c>
       <c r="AM2">
         <v>54.766</v>
       </c>
+      <c r="AN2">
+        <v>55.41</v>
+      </c>
+      <c r="AO2">
+        <v>56.073999999999998</v>
+      </c>
+      <c r="AP2">
+        <v>56.75</v>
+      </c>
+      <c r="AQ2">
+        <v>57.266</v>
+      </c>
+      <c r="AR2">
+        <v>57.218</v>
+      </c>
+      <c r="AS2">
+        <v>57.454</v>
+      </c>
     </row>
-    <row r="3" spans="1:39">
+    <row r="3" spans="1:45">
       <c r="A3" t="s">
-        <v>40</v>
+        <v>46</v>
       </c>
       <c r="B3">
         <v>44.914</v>
       </c>
       <c r="C3">
         <v>44.923</v>
       </c>
       <c r="D3">
         <v>45.043999999999997</v>
       </c>
       <c r="E3">
         <v>45.147</v>
       </c>
       <c r="F3">
         <v>45.091000000000001</v>
       </c>
       <c r="G3">
         <v>44.697</v>
       </c>
       <c r="H3">
         <v>44.86</v>
       </c>
       <c r="I3">
         <v>44.937</v>
       </c>
@@ -858,54 +912,72 @@
       </c>
       <c r="AF3">
         <v>45.253</v>
       </c>
       <c r="AG3">
         <v>45.213</v>
       </c>
       <c r="AH3">
         <v>45.304</v>
       </c>
       <c r="AI3">
         <v>45.467</v>
       </c>
       <c r="AJ3">
         <v>45.481</v>
       </c>
       <c r="AK3">
         <v>45.551</v>
       </c>
       <c r="AL3">
         <v>45.63</v>
       </c>
       <c r="AM3">
         <v>45.72</v>
       </c>
+      <c r="AN3">
+        <v>45.946</v>
+      </c>
+      <c r="AO3">
+        <v>45.948</v>
+      </c>
+      <c r="AP3">
+        <v>45.972</v>
+      </c>
+      <c r="AQ3">
+        <v>45.983</v>
+      </c>
+      <c r="AR3">
+        <v>46.030000000000001</v>
+      </c>
+      <c r="AS3">
+        <v>46.064</v>
+      </c>
     </row>
-    <row r="4" spans="1:39">
+    <row r="4" spans="1:45">
       <c r="A4" t="s">
-        <v>41</v>
+        <v>47</v>
       </c>
       <c r="B4">
         <v>8.356</v>
       </c>
       <c r="C4">
         <v>8.546</v>
       </c>
       <c r="D4">
         <v>8.429</v>
       </c>
       <c r="E4">
         <v>8.383</v>
       </c>
       <c r="F4">
         <v>8.645</v>
       </c>
       <c r="G4">
         <v>8.702</v>
       </c>
       <c r="H4">
         <v>8.749</v>
       </c>
       <c r="I4">
         <v>8.836</v>
       </c>
@@ -977,54 +1049,72 @@
       </c>
       <c r="AF4">
         <v>8.961</v>
       </c>
       <c r="AG4">
         <v>8.927</v>
       </c>
       <c r="AH4">
         <v>9.092000000000001</v>
       </c>
       <c r="AI4">
         <v>9.15</v>
       </c>
       <c r="AJ4">
         <v>9.12</v>
       </c>
       <c r="AK4">
         <v>9.208</v>
       </c>
       <c r="AL4">
         <v>9.045</v>
       </c>
       <c r="AM4">
         <v>9.0</v>
       </c>
+      <c r="AN4">
+        <v>9.08</v>
+      </c>
+      <c r="AO4">
+        <v>8.883</v>
+      </c>
+      <c r="AP4">
+        <v>8.79</v>
+      </c>
+      <c r="AQ4">
+        <v>8.793</v>
+      </c>
+      <c r="AR4">
+        <v>8.91</v>
+      </c>
+      <c r="AS4">
+        <v>8.87</v>
+      </c>
     </row>
-    <row r="5" spans="1:39">
+    <row r="5" spans="1:45">
       <c r="A5" t="s">
-        <v>42</v>
+        <v>48</v>
       </c>
       <c r="B5">
         <v>24.696</v>
       </c>
       <c r="C5">
         <v>24.765</v>
       </c>
       <c r="D5">
         <v>24.713</v>
       </c>
       <c r="E5">
         <v>24.931</v>
       </c>
       <c r="F5">
         <v>25.039000000000001</v>
       </c>
       <c r="G5">
         <v>24.991</v>
       </c>
       <c r="H5">
         <v>25.065000000000001</v>
       </c>
       <c r="I5">
         <v>25.182</v>
       </c>
@@ -1096,54 +1186,72 @@
       </c>
       <c r="AF5">
         <v>26.071000000000002</v>
       </c>
       <c r="AG5">
         <v>26.131</v>
       </c>
       <c r="AH5">
         <v>26.248</v>
       </c>
       <c r="AI5">
         <v>26.5</v>
       </c>
       <c r="AJ5">
         <v>26.565</v>
       </c>
       <c r="AK5">
         <v>26.662</v>
       </c>
       <c r="AL5">
         <v>26.768</v>
       </c>
       <c r="AM5">
         <v>26.842</v>
       </c>
+      <c r="AN5">
+        <v>27.249</v>
+      </c>
+      <c r="AO5">
+        <v>27.015999999999998</v>
+      </c>
+      <c r="AP5">
+        <v>27.143</v>
+      </c>
+      <c r="AQ5">
+        <v>27.19</v>
+      </c>
+      <c r="AR5">
+        <v>27.163</v>
+      </c>
+      <c r="AS5">
+        <v>27.259</v>
+      </c>
     </row>
-    <row r="6" spans="1:39">
+    <row r="6" spans="1:45">
       <c r="A6" t="s">
-        <v>43</v>
+        <v>49</v>
       </c>
       <c r="B6">
         <v>0</v>
       </c>
       <c r="C6">
         <v>0</v>
       </c>
       <c r="D6">
         <v>0</v>
       </c>
       <c r="E6">
         <v>0</v>
       </c>
       <c r="F6">
         <v>0</v>
       </c>
       <c r="G6">
         <v>0</v>
       </c>
       <c r="H6">
         <v>0</v>
       </c>
       <c r="I6">
         <v>0</v>
       </c>
@@ -1215,54 +1323,72 @@
       </c>
       <c r="AF6">
         <v>2</v>
       </c>
       <c r="AG6">
         <v>0</v>
       </c>
       <c r="AH6">
         <v>0</v>
       </c>
       <c r="AI6">
         <v>0</v>
       </c>
       <c r="AJ6">
         <v>0</v>
       </c>
       <c r="AK6">
         <v>0</v>
       </c>
       <c r="AL6">
         <v>0</v>
       </c>
       <c r="AM6">
         <v>0</v>
       </c>
+      <c r="AN6">
+        <v>0</v>
+      </c>
+      <c r="AO6">
+        <v>0</v>
+      </c>
+      <c r="AP6">
+        <v>0</v>
+      </c>
+      <c r="AQ6">
+        <v>0</v>
+      </c>
+      <c r="AR6">
+        <v>0</v>
+      </c>
+      <c r="AS6">
+        <v>0</v>
+      </c>
     </row>
-    <row r="7" spans="1:39">
+    <row r="7" spans="1:45">
       <c r="A7" t="s">
-        <v>44</v>
+        <v>50</v>
       </c>
       <c r="B7">
         <v>121.441</v>
       </c>
       <c r="C7">
         <v>121.80500000000001</v>
       </c>
       <c r="D7">
         <v>121.934</v>
       </c>
       <c r="E7">
         <v>122.42</v>
       </c>
       <c r="F7">
         <v>122.904</v>
       </c>
       <c r="G7">
         <v>122.346</v>
       </c>
       <c r="H7">
         <v>122.931</v>
       </c>
       <c r="I7">
         <v>123.38</v>
       </c>
@@ -1333,50 +1459,68 @@
         <v>132.38399999999999</v>
       </c>
       <c r="AF7">
         <v>132.44399999999999</v>
       </c>
       <c r="AG7">
         <v>132.583</v>
       </c>
       <c r="AH7">
         <v>133.052999999999997</v>
       </c>
       <c r="AI7">
         <v>134.261</v>
       </c>
       <c r="AJ7">
         <v>134.529</v>
       </c>
       <c r="AK7">
         <v>135.18899999999999</v>
       </c>
       <c r="AL7">
         <v>135.94399999999999</v>
       </c>
       <c r="AM7">
         <v>136.328</v>
+      </c>
+      <c r="AN7">
+        <v>137.685</v>
+      </c>
+      <c r="AO7">
+        <v>137.92099999999999</v>
+      </c>
+      <c r="AP7">
+        <v>138.655</v>
+      </c>
+      <c r="AQ7">
+        <v>139.232</v>
+      </c>
+      <c r="AR7">
+        <v>139.321</v>
+      </c>
+      <c r="AS7">
+        <v>139.64699999999999</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>