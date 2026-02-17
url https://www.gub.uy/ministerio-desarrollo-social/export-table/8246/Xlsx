--- v0 (2026-01-28)
+++ v1 (2026-02-17)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="160">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="166">
   <si>
     <t>Departamento</t>
   </si>
   <si>
     <t>ene-2014</t>
   </si>
   <si>
     <t>feb-2014</t>
   </si>
   <si>
     <t>mar-2014</t>
   </si>
   <si>
     <t>abr-2014</t>
   </si>
   <si>
     <t>may-2014</t>
   </si>
   <si>
     <t>jun-2014</t>
   </si>
   <si>
     <t>jul-2014</t>
   </si>
   <si>
@@ -377,102 +377,120 @@
   <si>
     <t>may-2023</t>
   </si>
   <si>
     <t>jun-2023</t>
   </si>
   <si>
     <t>jul-2023</t>
   </si>
   <si>
     <t>ago-2023</t>
   </si>
   <si>
     <t>set-2023</t>
   </si>
   <si>
     <t>oct-2023</t>
   </si>
   <si>
     <t>nov-2023</t>
   </si>
   <si>
     <t>dic-2023</t>
   </si>
   <si>
-    <t>ene-24</t>
-[...50 lines deleted...]
-    <t>jun-25</t>
+    <t>ene-2024</t>
+  </si>
+  <si>
+    <t>feb-2024</t>
+  </si>
+  <si>
+    <t>mar-2024</t>
+  </si>
+  <si>
+    <t>abr-2024</t>
+  </si>
+  <si>
+    <t>may-2024</t>
+  </si>
+  <si>
+    <t>jun-2024</t>
+  </si>
+  <si>
+    <t>jul-2024</t>
+  </si>
+  <si>
+    <t>ago-2024</t>
+  </si>
+  <si>
+    <t>set-2024</t>
+  </si>
+  <si>
+    <t>oct-2024</t>
+  </si>
+  <si>
+    <t>nov-2024</t>
+  </si>
+  <si>
+    <t>dic-2024</t>
+  </si>
+  <si>
+    <t>ene-2025</t>
+  </si>
+  <si>
+    <t>feb-2025</t>
+  </si>
+  <si>
+    <t>mar-2025</t>
+  </si>
+  <si>
+    <t>abr-2025</t>
+  </si>
+  <si>
+    <t>may-2025</t>
+  </si>
+  <si>
+    <t>jun-2025</t>
+  </si>
+  <si>
+    <t>jul-25</t>
+  </si>
+  <si>
+    <t>ago-25</t>
+  </si>
+  <si>
+    <t>sep-25</t>
+  </si>
+  <si>
+    <t>oct-25</t>
+  </si>
+  <si>
+    <t>nov-25</t>
+  </si>
+  <si>
+    <t>dic-25</t>
   </si>
   <si>
     <t>Artigas</t>
   </si>
   <si>
     <t>Canelones</t>
   </si>
   <si>
     <t>Cerro Largo</t>
   </si>
   <si>
     <t>Colonia</t>
   </si>
   <si>
     <t>Durazno</t>
   </si>
   <si>
     <t>Flores</t>
   </si>
   <si>
     <t>Florida</t>
   </si>
   <si>
     <t>Lavalleja</t>
   </si>
@@ -839,59 +857,59 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:EI22"/>
+  <dimension ref="A1:EO22"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
-    <row r="1" spans="1:139">
+    <row r="1" spans="1:145">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
@@ -1265,54 +1283,72 @@
       </c>
       <c r="EB1" t="s">
         <v>131</v>
       </c>
       <c r="EC1" t="s">
         <v>132</v>
       </c>
       <c r="ED1" t="s">
         <v>133</v>
       </c>
       <c r="EE1" t="s">
         <v>134</v>
       </c>
       <c r="EF1" t="s">
         <v>135</v>
       </c>
       <c r="EG1" t="s">
         <v>136</v>
       </c>
       <c r="EH1" t="s">
         <v>137</v>
       </c>
       <c r="EI1" t="s">
         <v>138</v>
       </c>
+      <c r="EJ1" t="s">
+        <v>139</v>
+      </c>
+      <c r="EK1" t="s">
+        <v>140</v>
+      </c>
+      <c r="EL1" t="s">
+        <v>141</v>
+      </c>
+      <c r="EM1" t="s">
+        <v>142</v>
+      </c>
+      <c r="EN1" t="s">
+        <v>143</v>
+      </c>
+      <c r="EO1" t="s">
+        <v>144</v>
+      </c>
     </row>
-    <row r="2" spans="1:139">
+    <row r="2" spans="1:145">
       <c r="A2" t="s">
-        <v>139</v>
+        <v>145</v>
       </c>
       <c r="B2">
         <v>2.885</v>
       </c>
       <c r="C2">
         <v>2.958</v>
       </c>
       <c r="D2">
         <v>2.975</v>
       </c>
       <c r="E2">
         <v>2.936</v>
       </c>
       <c r="F2">
         <v>2.927</v>
       </c>
       <c r="G2">
         <v>2.839</v>
       </c>
       <c r="H2">
         <v>2.802</v>
       </c>
       <c r="I2">
         <v>2.826</v>
       </c>
@@ -1684,54 +1720,72 @@
       </c>
       <c r="EB2">
         <v>3.797</v>
       </c>
       <c r="EC2">
         <v>3.828</v>
       </c>
       <c r="ED2">
         <v>3.856</v>
       </c>
       <c r="EE2">
         <v>3.879</v>
       </c>
       <c r="EF2">
         <v>3.911</v>
       </c>
       <c r="EG2">
         <v>3.927</v>
       </c>
       <c r="EH2">
         <v>3.939</v>
       </c>
       <c r="EI2">
         <v>3.964</v>
       </c>
+      <c r="EJ2">
+        <v>3.992</v>
+      </c>
+      <c r="EK2">
+        <v>4.0010000000000003</v>
+      </c>
+      <c r="EL2">
+        <v>4.013</v>
+      </c>
+      <c r="EM2">
+        <v>4.03</v>
+      </c>
+      <c r="EN2">
+        <v>4.067</v>
+      </c>
+      <c r="EO2">
+        <v>4.086</v>
+      </c>
     </row>
-    <row r="3" spans="1:139">
+    <row r="3" spans="1:145">
       <c r="A3" t="s">
-        <v>140</v>
+        <v>146</v>
       </c>
       <c r="B3">
         <v>8.801</v>
       </c>
       <c r="C3">
         <v>8.913</v>
       </c>
       <c r="D3">
         <v>8.99</v>
       </c>
       <c r="E3">
         <v>8.981</v>
       </c>
       <c r="F3">
         <v>8.97</v>
       </c>
       <c r="G3">
         <v>8.796</v>
       </c>
       <c r="H3">
         <v>8.793</v>
       </c>
       <c r="I3">
         <v>8.834</v>
       </c>
@@ -2103,54 +2157,72 @@
       </c>
       <c r="EB3">
         <v>14.92</v>
       </c>
       <c r="EC3">
         <v>14.933</v>
       </c>
       <c r="ED3">
         <v>15.013</v>
       </c>
       <c r="EE3">
         <v>15.249</v>
       </c>
       <c r="EF3">
         <v>15.261</v>
       </c>
       <c r="EG3">
         <v>15.37</v>
       </c>
       <c r="EH3">
         <v>15.442</v>
       </c>
       <c r="EI3">
         <v>15.537</v>
       </c>
+      <c r="EJ3">
+        <v>15.703</v>
+      </c>
+      <c r="EK3">
+        <v>15.717</v>
+      </c>
+      <c r="EL3">
+        <v>15.763</v>
+      </c>
+      <c r="EM3">
+        <v>15.823</v>
+      </c>
+      <c r="EN3">
+        <v>15.884</v>
+      </c>
+      <c r="EO3">
+        <v>15.964</v>
+      </c>
     </row>
-    <row r="4" spans="1:139">
+    <row r="4" spans="1:145">
       <c r="A4" t="s">
-        <v>141</v>
+        <v>147</v>
       </c>
       <c r="B4">
         <v>2.39</v>
       </c>
       <c r="C4">
         <v>2.439</v>
       </c>
       <c r="D4">
         <v>2.431</v>
       </c>
       <c r="E4">
         <v>2.432</v>
       </c>
       <c r="F4">
         <v>2.413</v>
       </c>
       <c r="G4">
         <v>2.353</v>
       </c>
       <c r="H4">
         <v>2.325</v>
       </c>
       <c r="I4">
         <v>2.34</v>
       </c>
@@ -2522,54 +2594,72 @@
       </c>
       <c r="EB4">
         <v>3.092</v>
       </c>
       <c r="EC4">
         <v>3.105</v>
       </c>
       <c r="ED4">
         <v>3.136</v>
       </c>
       <c r="EE4">
         <v>3.143</v>
       </c>
       <c r="EF4">
         <v>3.146</v>
       </c>
       <c r="EG4">
         <v>3.157</v>
       </c>
       <c r="EH4">
         <v>3.178</v>
       </c>
       <c r="EI4">
         <v>3.176</v>
       </c>
+      <c r="EJ4">
+        <v>3.192</v>
+      </c>
+      <c r="EK4">
+        <v>3.195</v>
+      </c>
+      <c r="EL4">
+        <v>3.221</v>
+      </c>
+      <c r="EM4">
+        <v>3.24</v>
+      </c>
+      <c r="EN4">
+        <v>3.227</v>
+      </c>
+      <c r="EO4">
+        <v>3.228</v>
+      </c>
     </row>
-    <row r="5" spans="1:139">
+    <row r="5" spans="1:145">
       <c r="A5" t="s">
-        <v>142</v>
+        <v>148</v>
       </c>
       <c r="B5">
         <v>1.33</v>
       </c>
       <c r="C5">
         <v>1.35</v>
       </c>
       <c r="D5">
         <v>1.353</v>
       </c>
       <c r="E5">
         <v>1.371</v>
       </c>
       <c r="F5">
         <v>1.369</v>
       </c>
       <c r="G5">
         <v>1.325</v>
       </c>
       <c r="H5">
         <v>1.314</v>
       </c>
       <c r="I5">
         <v>1.338</v>
       </c>
@@ -2941,54 +3031,72 @@
       </c>
       <c r="EB5">
         <v>2.565</v>
       </c>
       <c r="EC5">
         <v>2.571</v>
       </c>
       <c r="ED5">
         <v>2.604</v>
       </c>
       <c r="EE5">
         <v>2.628</v>
       </c>
       <c r="EF5">
         <v>2.63</v>
       </c>
       <c r="EG5">
         <v>2.64</v>
       </c>
       <c r="EH5">
         <v>2.649</v>
       </c>
       <c r="EI5">
         <v>2.65</v>
       </c>
+      <c r="EJ5">
+        <v>2.667</v>
+      </c>
+      <c r="EK5">
+        <v>2.67</v>
+      </c>
+      <c r="EL5">
+        <v>2.679</v>
+      </c>
+      <c r="EM5">
+        <v>2.675</v>
+      </c>
+      <c r="EN5">
+        <v>2.664</v>
+      </c>
+      <c r="EO5">
+        <v>2.671</v>
+      </c>
     </row>
-    <row r="6" spans="1:139">
+    <row r="6" spans="1:145">
       <c r="A6" t="s">
-        <v>143</v>
+        <v>149</v>
       </c>
       <c r="B6">
         <v>1.283</v>
       </c>
       <c r="C6">
         <v>1.275</v>
       </c>
       <c r="D6">
         <v>1.265</v>
       </c>
       <c r="E6">
         <v>1.269</v>
       </c>
       <c r="F6">
         <v>1.275</v>
       </c>
       <c r="G6">
         <v>1.209</v>
       </c>
       <c r="H6">
         <v>1.19</v>
       </c>
       <c r="I6">
         <v>1.196</v>
       </c>
@@ -3360,54 +3468,72 @@
       </c>
       <c r="EB6">
         <v>1.659</v>
       </c>
       <c r="EC6">
         <v>1.672</v>
       </c>
       <c r="ED6">
         <v>1.682</v>
       </c>
       <c r="EE6">
         <v>1.676</v>
       </c>
       <c r="EF6">
         <v>1.68</v>
       </c>
       <c r="EG6">
         <v>1.679</v>
       </c>
       <c r="EH6">
         <v>1.686</v>
       </c>
       <c r="EI6">
         <v>1.7</v>
       </c>
+      <c r="EJ6">
+        <v>1.714</v>
+      </c>
+      <c r="EK6">
+        <v>1.709</v>
+      </c>
+      <c r="EL6">
+        <v>1.706</v>
+      </c>
+      <c r="EM6">
+        <v>1.71</v>
+      </c>
+      <c r="EN6">
+        <v>1.712</v>
+      </c>
+      <c r="EO6">
+        <v>1.714</v>
+      </c>
     </row>
-    <row r="7" spans="1:139">
+    <row r="7" spans="1:145">
       <c r="A7" t="s">
-        <v>144</v>
+        <v>150</v>
       </c>
       <c r="B7">
         <v>270</v>
       </c>
       <c r="C7">
         <v>276</v>
       </c>
       <c r="D7">
         <v>273</v>
       </c>
       <c r="E7">
         <v>273</v>
       </c>
       <c r="F7">
         <v>286</v>
       </c>
       <c r="G7">
         <v>277</v>
       </c>
       <c r="H7">
         <v>272</v>
       </c>
       <c r="I7">
         <v>279</v>
       </c>
@@ -3779,54 +3905,72 @@
       </c>
       <c r="EB7">
         <v>325</v>
       </c>
       <c r="EC7">
         <v>325</v>
       </c>
       <c r="ED7">
         <v>335</v>
       </c>
       <c r="EE7">
         <v>346</v>
       </c>
       <c r="EF7">
         <v>343</v>
       </c>
       <c r="EG7">
         <v>345</v>
       </c>
       <c r="EH7">
         <v>354</v>
       </c>
       <c r="EI7">
         <v>352</v>
       </c>
+      <c r="EJ7">
+        <v>357</v>
+      </c>
+      <c r="EK7">
+        <v>360</v>
+      </c>
+      <c r="EL7">
+        <v>361</v>
+      </c>
+      <c r="EM7">
+        <v>360</v>
+      </c>
+      <c r="EN7">
+        <v>362</v>
+      </c>
+      <c r="EO7">
+        <v>361</v>
+      </c>
     </row>
-    <row r="8" spans="1:139">
+    <row r="8" spans="1:145">
       <c r="A8" t="s">
-        <v>145</v>
+        <v>151</v>
       </c>
       <c r="B8">
         <v>1.072</v>
       </c>
       <c r="C8">
         <v>1.079</v>
       </c>
       <c r="D8">
         <v>1.08</v>
       </c>
       <c r="E8">
         <v>1.073</v>
       </c>
       <c r="F8">
         <v>1.068</v>
       </c>
       <c r="G8">
         <v>1.05</v>
       </c>
       <c r="H8">
         <v>1.044</v>
       </c>
       <c r="I8">
         <v>1.05</v>
       </c>
@@ -4198,54 +4342,72 @@
       </c>
       <c r="EB8">
         <v>1.399</v>
       </c>
       <c r="EC8">
         <v>1.406</v>
       </c>
       <c r="ED8">
         <v>1.429</v>
       </c>
       <c r="EE8">
         <v>1.434</v>
       </c>
       <c r="EF8">
         <v>1.442</v>
       </c>
       <c r="EG8">
         <v>1.444</v>
       </c>
       <c r="EH8">
         <v>1.437</v>
       </c>
       <c r="EI8">
         <v>1.427</v>
       </c>
+      <c r="EJ8">
+        <v>1.443</v>
+      </c>
+      <c r="EK8">
+        <v>1.432</v>
+      </c>
+      <c r="EL8">
+        <v>1.439</v>
+      </c>
+      <c r="EM8">
+        <v>1.431</v>
+      </c>
+      <c r="EN8">
+        <v>1.435</v>
+      </c>
+      <c r="EO8">
+        <v>1.431</v>
+      </c>
     </row>
-    <row r="9" spans="1:139">
+    <row r="9" spans="1:145">
       <c r="A9" t="s">
-        <v>146</v>
+        <v>152</v>
       </c>
       <c r="B9">
         <v>854</v>
       </c>
       <c r="C9">
         <v>856</v>
       </c>
       <c r="D9">
         <v>844</v>
       </c>
       <c r="E9">
         <v>862</v>
       </c>
       <c r="F9">
         <v>850</v>
       </c>
       <c r="G9">
         <v>828</v>
       </c>
       <c r="H9">
         <v>817</v>
       </c>
       <c r="I9">
         <v>827</v>
       </c>
@@ -4617,54 +4779,72 @@
       </c>
       <c r="EB9">
         <v>1.177</v>
       </c>
       <c r="EC9">
         <v>1.18</v>
       </c>
       <c r="ED9">
         <v>1.199</v>
       </c>
       <c r="EE9">
         <v>1.202</v>
       </c>
       <c r="EF9">
         <v>1.199</v>
       </c>
       <c r="EG9">
         <v>1.193</v>
       </c>
       <c r="EH9">
         <v>1.19</v>
       </c>
       <c r="EI9">
         <v>1.175</v>
       </c>
+      <c r="EJ9">
+        <v>1.172</v>
+      </c>
+      <c r="EK9">
+        <v>1.16</v>
+      </c>
+      <c r="EL9">
+        <v>1.164</v>
+      </c>
+      <c r="EM9">
+        <v>1.167</v>
+      </c>
+      <c r="EN9">
+        <v>1.155</v>
+      </c>
+      <c r="EO9">
+        <v>1.153</v>
+      </c>
     </row>
-    <row r="10" spans="1:139">
+    <row r="10" spans="1:145">
       <c r="A10" t="s">
-        <v>147</v>
+        <v>153</v>
       </c>
       <c r="B10">
         <v>1.67</v>
       </c>
       <c r="C10">
         <v>1.694</v>
       </c>
       <c r="D10">
         <v>1.706</v>
       </c>
       <c r="E10">
         <v>1.705</v>
       </c>
       <c r="F10">
         <v>1.703</v>
       </c>
       <c r="G10">
         <v>1.641</v>
       </c>
       <c r="H10">
         <v>1.628</v>
       </c>
       <c r="I10">
         <v>1.666</v>
       </c>
@@ -5036,54 +5216,72 @@
       </c>
       <c r="EB10">
         <v>3.461</v>
       </c>
       <c r="EC10">
         <v>3.483</v>
       </c>
       <c r="ED10">
         <v>3.503</v>
       </c>
       <c r="EE10">
         <v>3.576</v>
       </c>
       <c r="EF10">
         <v>3.544</v>
       </c>
       <c r="EG10">
         <v>3.556</v>
       </c>
       <c r="EH10">
         <v>3.573</v>
       </c>
       <c r="EI10">
         <v>3.555</v>
       </c>
+      <c r="EJ10">
+        <v>3.568</v>
+      </c>
+      <c r="EK10">
+        <v>3.56</v>
+      </c>
+      <c r="EL10">
+        <v>3.585</v>
+      </c>
+      <c r="EM10">
+        <v>3.571</v>
+      </c>
+      <c r="EN10">
+        <v>3.569</v>
+      </c>
+      <c r="EO10">
+        <v>3.569</v>
+      </c>
     </row>
-    <row r="11" spans="1:139">
+    <row r="11" spans="1:145">
       <c r="A11" t="s">
-        <v>148</v>
+        <v>154</v>
       </c>
       <c r="B11">
         <v>21.46</v>
       </c>
       <c r="C11">
         <v>21.979</v>
       </c>
       <c r="D11">
         <v>22.144</v>
       </c>
       <c r="E11">
         <v>22.178</v>
       </c>
       <c r="F11">
         <v>22.122</v>
       </c>
       <c r="G11">
         <v>20.979</v>
       </c>
       <c r="H11">
         <v>21.273</v>
       </c>
       <c r="I11">
         <v>21.583</v>
       </c>
@@ -5455,54 +5653,72 @@
       </c>
       <c r="EB11">
         <v>40.146</v>
       </c>
       <c r="EC11">
         <v>40.073999999999998</v>
       </c>
       <c r="ED11">
         <v>40.149</v>
       </c>
       <c r="EE11">
         <v>40.367</v>
       </c>
       <c r="EF11">
         <v>40.477</v>
       </c>
       <c r="EG11">
         <v>40.714</v>
       </c>
       <c r="EH11">
         <v>40.883</v>
       </c>
       <c r="EI11">
         <v>40.938</v>
       </c>
+      <c r="EJ11">
+        <v>41.285</v>
+      </c>
+      <c r="EK11">
+        <v>41.357</v>
+      </c>
+      <c r="EL11">
+        <v>41.704</v>
+      </c>
+      <c r="EM11">
+        <v>42.126</v>
+      </c>
+      <c r="EN11">
+        <v>42.039000000000001</v>
+      </c>
+      <c r="EO11">
+        <v>42.153</v>
+      </c>
     </row>
-    <row r="12" spans="1:139">
+    <row r="12" spans="1:145">
       <c r="A12" t="s">
-        <v>149</v>
+        <v>155</v>
       </c>
       <c r="B12">
         <v>2.845</v>
       </c>
       <c r="C12">
         <v>2.878</v>
       </c>
       <c r="D12">
         <v>2.902</v>
       </c>
       <c r="E12">
         <v>2.906</v>
       </c>
       <c r="F12">
         <v>2.883</v>
       </c>
       <c r="G12">
         <v>2.738</v>
       </c>
       <c r="H12">
         <v>2.722</v>
       </c>
       <c r="I12">
         <v>2.756</v>
       </c>
@@ -5874,54 +6090,72 @@
       </c>
       <c r="EB12">
         <v>3.526</v>
       </c>
       <c r="EC12">
         <v>3.525</v>
       </c>
       <c r="ED12">
         <v>3.521</v>
       </c>
       <c r="EE12">
         <v>3.532</v>
       </c>
       <c r="EF12">
         <v>3.527</v>
       </c>
       <c r="EG12">
         <v>3.528</v>
       </c>
       <c r="EH12">
         <v>3.533</v>
       </c>
       <c r="EI12">
         <v>3.525</v>
       </c>
+      <c r="EJ12">
+        <v>3.534</v>
+      </c>
+      <c r="EK12">
+        <v>3.531</v>
+      </c>
+      <c r="EL12">
+        <v>3.533</v>
+      </c>
+      <c r="EM12">
+        <v>3.541</v>
+      </c>
+      <c r="EN12">
+        <v>3.552</v>
+      </c>
+      <c r="EO12">
+        <v>3.547</v>
+      </c>
     </row>
-    <row r="13" spans="1:139">
+    <row r="13" spans="1:145">
       <c r="A13" t="s">
-        <v>150</v>
+        <v>156</v>
       </c>
       <c r="B13">
         <v>1.203</v>
       </c>
       <c r="C13">
         <v>1.21</v>
       </c>
       <c r="D13">
         <v>1.208</v>
       </c>
       <c r="E13">
         <v>1.223</v>
       </c>
       <c r="F13">
         <v>1.225</v>
       </c>
       <c r="G13">
         <v>1.186</v>
       </c>
       <c r="H13">
         <v>1.166</v>
       </c>
       <c r="I13">
         <v>1.166</v>
       </c>
@@ -6240,107 +6474,125 @@
       <c r="DJ13">
         <v>1.567</v>
       </c>
       <c r="DK13">
         <v>1.564</v>
       </c>
       <c r="DL13">
         <v>1.569</v>
       </c>
       <c r="DM13">
         <v>1.577</v>
       </c>
       <c r="DN13">
         <v>1.553</v>
       </c>
       <c r="DO13">
         <v>1.526</v>
       </c>
       <c r="DP13">
         <v>1.536</v>
       </c>
       <c r="DQ13">
         <v>1.531</v>
       </c>
       <c r="DR13">
-        <v>4.677</v>
+        <v>1.533</v>
       </c>
       <c r="DS13">
-        <v>4.702</v>
+        <v>1.533</v>
       </c>
       <c r="DT13">
-        <v>4.714</v>
+        <v>1.564</v>
       </c>
       <c r="DU13">
-        <v>4.776</v>
+        <v>1.583</v>
       </c>
       <c r="DV13">
-        <v>4.799</v>
+        <v>1.606</v>
       </c>
       <c r="DW13">
-        <v>4.839</v>
+        <v>1.593</v>
       </c>
       <c r="DX13">
-        <v>4.871</v>
+        <v>1.598</v>
       </c>
       <c r="DY13">
-        <v>4.918</v>
+        <v>1.621</v>
       </c>
       <c r="DZ13">
-        <v>4.907</v>
+        <v>1.633</v>
       </c>
       <c r="EA13">
-        <v>4.884</v>
+        <v>1.645</v>
       </c>
       <c r="EB13">
-        <v>4.908</v>
+        <v>1.657</v>
       </c>
       <c r="EC13">
-        <v>4.904</v>
+        <v>1.672</v>
       </c>
       <c r="ED13">
         <v>4.904</v>
       </c>
       <c r="EE13">
         <v>4.925</v>
       </c>
       <c r="EF13">
         <v>4.925</v>
       </c>
       <c r="EG13">
         <v>4.937</v>
       </c>
       <c r="EH13">
         <v>4.939</v>
       </c>
       <c r="EI13">
         <v>4.949</v>
       </c>
+      <c r="EJ13">
+        <v>1.744</v>
+      </c>
+      <c r="EK13">
+        <v>1.751</v>
+      </c>
+      <c r="EL13">
+        <v>1.761</v>
+      </c>
+      <c r="EM13">
+        <v>1.767</v>
+      </c>
+      <c r="EN13">
+        <v>1.769</v>
+      </c>
+      <c r="EO13">
+        <v>1.768</v>
+      </c>
     </row>
-    <row r="14" spans="1:139">
+    <row r="14" spans="1:145">
       <c r="A14" t="s">
-        <v>151</v>
+        <v>157</v>
       </c>
       <c r="B14">
         <v>3.158</v>
       </c>
       <c r="C14">
         <v>3.232</v>
       </c>
       <c r="D14">
         <v>3.205</v>
       </c>
       <c r="E14">
         <v>3.234</v>
       </c>
       <c r="F14">
         <v>3.219</v>
       </c>
       <c r="G14">
         <v>3.116</v>
       </c>
       <c r="H14">
         <v>3.1</v>
       </c>
       <c r="I14">
         <v>3.125</v>
       </c>
@@ -6659,107 +6911,125 @@
       <c r="DJ14">
         <v>4.552</v>
       </c>
       <c r="DK14">
         <v>4.574</v>
       </c>
       <c r="DL14">
         <v>4.591</v>
       </c>
       <c r="DM14">
         <v>4.623</v>
       </c>
       <c r="DN14">
         <v>4.646</v>
       </c>
       <c r="DO14">
         <v>4.67</v>
       </c>
       <c r="DP14">
         <v>4.683</v>
       </c>
       <c r="DQ14">
         <v>4.633</v>
       </c>
       <c r="DR14">
-        <v>1.628</v>
+        <v>4.677</v>
       </c>
       <c r="DS14">
-        <v>1.647</v>
+        <v>4.702</v>
       </c>
       <c r="DT14">
-        <v>1.648</v>
+        <v>4.714</v>
       </c>
       <c r="DU14">
-        <v>1.672</v>
+        <v>4.776</v>
       </c>
       <c r="DV14">
-        <v>1.697</v>
+        <v>4.799</v>
       </c>
       <c r="DW14">
-        <v>1.704</v>
+        <v>4.839</v>
       </c>
       <c r="DX14">
-        <v>1.716</v>
+        <v>4.871</v>
       </c>
       <c r="DY14">
-        <v>1.739</v>
+        <v>4.918</v>
       </c>
       <c r="DZ14">
-        <v>1.76</v>
+        <v>4.907</v>
       </c>
       <c r="EA14">
-        <v>1.768</v>
+        <v>4.884</v>
       </c>
       <c r="EB14">
-        <v>1.789</v>
+        <v>4.908</v>
       </c>
       <c r="EC14">
-        <v>1.8</v>
+        <v>4.904</v>
       </c>
       <c r="ED14">
         <v>1.812</v>
       </c>
       <c r="EE14">
         <v>1.848</v>
       </c>
       <c r="EF14">
         <v>1.848</v>
       </c>
       <c r="EG14">
         <v>1.862</v>
       </c>
       <c r="EH14">
         <v>1.87</v>
       </c>
       <c r="EI14">
         <v>1.879</v>
       </c>
+      <c r="EJ14">
+        <v>4.989</v>
+      </c>
+      <c r="EK14">
+        <v>4.99</v>
+      </c>
+      <c r="EL14">
+        <v>5.017</v>
+      </c>
+      <c r="EM14">
+        <v>5.024</v>
+      </c>
+      <c r="EN14">
+        <v>5.05</v>
+      </c>
+      <c r="EO14">
+        <v>5.072</v>
+      </c>
     </row>
-    <row r="15" spans="1:139">
+    <row r="15" spans="1:145">
       <c r="A15" t="s">
-        <v>152</v>
+        <v>158</v>
       </c>
       <c r="B15">
         <v>1.271</v>
       </c>
       <c r="C15">
         <v>1.297</v>
       </c>
       <c r="D15">
         <v>1.268</v>
       </c>
       <c r="E15">
         <v>1.275</v>
       </c>
       <c r="F15">
         <v>1.28</v>
       </c>
       <c r="G15">
         <v>1.258</v>
       </c>
       <c r="H15">
         <v>1.231</v>
       </c>
       <c r="I15">
         <v>1.235</v>
       </c>
@@ -7078,107 +7348,125 @@
       <c r="DJ15">
         <v>1.819</v>
       </c>
       <c r="DK15">
         <v>1.828</v>
       </c>
       <c r="DL15">
         <v>1.84</v>
       </c>
       <c r="DM15">
         <v>1.829</v>
       </c>
       <c r="DN15">
         <v>1.802</v>
       </c>
       <c r="DO15">
         <v>1.782</v>
       </c>
       <c r="DP15">
         <v>1.744</v>
       </c>
       <c r="DQ15">
         <v>1.639</v>
       </c>
       <c r="DR15">
-        <v>1.533</v>
+        <v>1.628</v>
       </c>
       <c r="DS15">
-        <v>1.533</v>
+        <v>1.647</v>
       </c>
       <c r="DT15">
-        <v>1.564</v>
+        <v>1.648</v>
       </c>
       <c r="DU15">
-        <v>1.583</v>
+        <v>1.672</v>
       </c>
       <c r="DV15">
-        <v>1.606</v>
+        <v>1.697</v>
       </c>
       <c r="DW15">
-        <v>1.593</v>
+        <v>1.704</v>
       </c>
       <c r="DX15">
-        <v>1.598</v>
+        <v>1.716</v>
       </c>
       <c r="DY15">
-        <v>1.621</v>
+        <v>1.739</v>
       </c>
       <c r="DZ15">
-        <v>1.633</v>
+        <v>1.76</v>
       </c>
       <c r="EA15">
-        <v>1.645</v>
+        <v>1.768</v>
       </c>
       <c r="EB15">
-        <v>1.657</v>
+        <v>1.789</v>
       </c>
       <c r="EC15">
-        <v>1.672</v>
+        <v>1.8</v>
       </c>
       <c r="ED15">
         <v>1.676</v>
       </c>
       <c r="EE15">
         <v>1.692</v>
       </c>
       <c r="EF15">
         <v>1.707</v>
       </c>
       <c r="EG15">
         <v>1.72</v>
       </c>
       <c r="EH15">
         <v>1.718</v>
       </c>
       <c r="EI15">
         <v>1.727</v>
       </c>
+      <c r="EJ15">
+        <v>1.9</v>
+      </c>
+      <c r="EK15">
+        <v>1.914</v>
+      </c>
+      <c r="EL15">
+        <v>1.96</v>
+      </c>
+      <c r="EM15">
+        <v>1.969</v>
+      </c>
+      <c r="EN15">
+        <v>1.973</v>
+      </c>
+      <c r="EO15">
+        <v>1.99</v>
+      </c>
     </row>
-    <row r="16" spans="1:139">
+    <row r="16" spans="1:145">
       <c r="A16" t="s">
-        <v>153</v>
+        <v>159</v>
       </c>
       <c r="B16">
         <v>4.294</v>
       </c>
       <c r="C16">
         <v>4.368</v>
       </c>
       <c r="D16">
         <v>4.366</v>
       </c>
       <c r="E16">
         <v>4.381</v>
       </c>
       <c r="F16">
         <v>4.354</v>
       </c>
       <c r="G16">
         <v>4.218</v>
       </c>
       <c r="H16">
         <v>4.212</v>
       </c>
       <c r="I16">
         <v>4.271</v>
       </c>
@@ -7550,54 +7838,72 @@
       </c>
       <c r="EB16">
         <v>5.233</v>
       </c>
       <c r="EC16">
         <v>5.248</v>
       </c>
       <c r="ED16">
         <v>5.249</v>
       </c>
       <c r="EE16">
         <v>5.287</v>
       </c>
       <c r="EF16">
         <v>5.325</v>
       </c>
       <c r="EG16">
         <v>5.341</v>
       </c>
       <c r="EH16">
         <v>5.357</v>
       </c>
       <c r="EI16">
         <v>5.369</v>
       </c>
+      <c r="EJ16">
+        <v>5.41</v>
+      </c>
+      <c r="EK16">
+        <v>5.431</v>
+      </c>
+      <c r="EL16">
+        <v>5.475</v>
+      </c>
+      <c r="EM16">
+        <v>5.491</v>
+      </c>
+      <c r="EN16">
+        <v>5.531</v>
+      </c>
+      <c r="EO16">
+        <v>5.575</v>
+      </c>
     </row>
-    <row r="17" spans="1:139">
+    <row r="17" spans="1:145">
       <c r="A17" t="s">
-        <v>154</v>
+        <v>160</v>
       </c>
       <c r="B17">
         <v>1.794</v>
       </c>
       <c r="C17">
         <v>1.808</v>
       </c>
       <c r="D17">
         <v>1.806</v>
       </c>
       <c r="E17">
         <v>1.757</v>
       </c>
       <c r="F17">
         <v>1.77</v>
       </c>
       <c r="G17">
         <v>1.703</v>
       </c>
       <c r="H17">
         <v>1.702</v>
       </c>
       <c r="I17">
         <v>1.711</v>
       </c>
@@ -7969,54 +8275,72 @@
       </c>
       <c r="EB17">
         <v>3.29</v>
       </c>
       <c r="EC17">
         <v>3.295</v>
       </c>
       <c r="ED17">
         <v>3.304</v>
       </c>
       <c r="EE17">
         <v>3.321</v>
       </c>
       <c r="EF17">
         <v>3.329</v>
       </c>
       <c r="EG17">
         <v>3.322</v>
       </c>
       <c r="EH17">
         <v>3.319</v>
       </c>
       <c r="EI17">
         <v>3.299</v>
       </c>
+      <c r="EJ17">
+        <v>3.328</v>
+      </c>
+      <c r="EK17">
+        <v>3.326</v>
+      </c>
+      <c r="EL17">
+        <v>3.346</v>
+      </c>
+      <c r="EM17">
+        <v>3.345</v>
+      </c>
+      <c r="EN17">
+        <v>3.352</v>
+      </c>
+      <c r="EO17">
+        <v>3.349</v>
+      </c>
     </row>
-    <row r="18" spans="1:139">
+    <row r="18" spans="1:145">
       <c r="A18" t="s">
-        <v>155</v>
+        <v>161</v>
       </c>
       <c r="B18">
         <v>1.691</v>
       </c>
       <c r="C18">
         <v>1.7</v>
       </c>
       <c r="D18">
         <v>1.692</v>
       </c>
       <c r="E18">
         <v>1.695</v>
       </c>
       <c r="F18">
         <v>1.689</v>
       </c>
       <c r="G18">
         <v>1.609</v>
       </c>
       <c r="H18">
         <v>1.603</v>
       </c>
       <c r="I18">
         <v>1.628</v>
       </c>
@@ -8388,54 +8712,72 @@
       </c>
       <c r="EB18">
         <v>1.954</v>
       </c>
       <c r="EC18">
         <v>1.953</v>
       </c>
       <c r="ED18">
         <v>1.955</v>
       </c>
       <c r="EE18">
         <v>1.971</v>
       </c>
       <c r="EF18">
         <v>1.97</v>
       </c>
       <c r="EG18">
         <v>1.977</v>
       </c>
       <c r="EH18">
         <v>1.989</v>
       </c>
       <c r="EI18">
         <v>1.99</v>
       </c>
+      <c r="EJ18">
+        <v>1.999</v>
+      </c>
+      <c r="EK18">
+        <v>2.012</v>
+      </c>
+      <c r="EL18">
+        <v>2.031</v>
+      </c>
+      <c r="EM18">
+        <v>2.029</v>
+      </c>
+      <c r="EN18">
+        <v>2.015</v>
+      </c>
+      <c r="EO18">
+        <v>2.029</v>
+      </c>
     </row>
-    <row r="19" spans="1:139">
+    <row r="19" spans="1:145">
       <c r="A19" t="s">
-        <v>156</v>
+        <v>162</v>
       </c>
       <c r="B19">
         <v>2.54</v>
       </c>
       <c r="C19">
         <v>2.555</v>
       </c>
       <c r="D19">
         <v>2.53</v>
       </c>
       <c r="E19">
         <v>2.528</v>
       </c>
       <c r="F19">
         <v>2.511</v>
       </c>
       <c r="G19">
         <v>2.433</v>
       </c>
       <c r="H19">
         <v>2.42</v>
       </c>
       <c r="I19">
         <v>2.437</v>
       </c>
@@ -8807,54 +9149,72 @@
       </c>
       <c r="EB19">
         <v>3.356</v>
       </c>
       <c r="EC19">
         <v>3.385</v>
       </c>
       <c r="ED19">
         <v>3.397</v>
       </c>
       <c r="EE19">
         <v>3.411</v>
       </c>
       <c r="EF19">
         <v>3.401</v>
       </c>
       <c r="EG19">
         <v>3.424</v>
       </c>
       <c r="EH19">
         <v>3.412</v>
       </c>
       <c r="EI19">
         <v>3.423</v>
       </c>
+      <c r="EJ19">
+        <v>3.442</v>
+      </c>
+      <c r="EK19">
+        <v>3.437</v>
+      </c>
+      <c r="EL19">
+        <v>3.44</v>
+      </c>
+      <c r="EM19">
+        <v>3.42</v>
+      </c>
+      <c r="EN19">
+        <v>3.407</v>
+      </c>
+      <c r="EO19">
+        <v>3.416</v>
+      </c>
     </row>
-    <row r="20" spans="1:139">
+    <row r="20" spans="1:145">
       <c r="A20" t="s">
-        <v>157</v>
+        <v>163</v>
       </c>
       <c r="B20">
         <v>1.212</v>
       </c>
       <c r="C20">
         <v>1.231</v>
       </c>
       <c r="D20">
         <v>1.212</v>
       </c>
       <c r="E20">
         <v>1.2</v>
       </c>
       <c r="F20">
         <v>1.194</v>
       </c>
       <c r="G20">
         <v>1.159</v>
       </c>
       <c r="H20">
         <v>1.16</v>
       </c>
       <c r="I20">
         <v>1.169</v>
       </c>
@@ -9226,54 +9586,72 @@
       </c>
       <c r="EB20">
         <v>1.397</v>
       </c>
       <c r="EC20">
         <v>1.404</v>
       </c>
       <c r="ED20">
         <v>1.417</v>
       </c>
       <c r="EE20">
         <v>1.427</v>
       </c>
       <c r="EF20">
         <v>1.432</v>
       </c>
       <c r="EG20">
         <v>1.437</v>
       </c>
       <c r="EH20">
         <v>1.435</v>
       </c>
       <c r="EI20">
         <v>1.434</v>
       </c>
+      <c r="EJ20">
+        <v>1.431</v>
+      </c>
+      <c r="EK20">
+        <v>1.458</v>
+      </c>
+      <c r="EL20">
+        <v>1.452</v>
+      </c>
+      <c r="EM20">
+        <v>1.452</v>
+      </c>
+      <c r="EN20">
+        <v>1.46</v>
+      </c>
+      <c r="EO20">
+        <v>1.467</v>
+      </c>
     </row>
-    <row r="21" spans="1:139">
+    <row r="21" spans="1:145">
       <c r="A21" t="s">
-        <v>158</v>
+        <v>164</v>
       </c>
       <c r="B21">
         <v>9</v>
       </c>
       <c r="C21">
         <v>18</v>
       </c>
       <c r="D21">
         <v>416</v>
       </c>
       <c r="E21">
         <v>109</v>
       </c>
       <c r="F21">
         <v>12</v>
       </c>
       <c r="G21">
         <v>0</v>
       </c>
       <c r="H21">
         <v>0</v>
       </c>
       <c r="I21">
         <v>0</v>
       </c>
@@ -9645,54 +10023,72 @@
       </c>
       <c r="EB21">
         <v>0</v>
       </c>
       <c r="EC21">
         <v>23</v>
       </c>
       <c r="ED21">
         <v>0</v>
       </c>
       <c r="EE21">
         <v>0</v>
       </c>
       <c r="EF21">
         <v>21</v>
       </c>
       <c r="EG21">
         <v>0</v>
       </c>
       <c r="EH21">
         <v>24</v>
       </c>
       <c r="EI21">
         <v>0</v>
       </c>
+      <c r="EJ21">
+        <v>30</v>
+      </c>
+      <c r="EK21">
+        <v>13</v>
+      </c>
+      <c r="EL21">
+        <v>18</v>
+      </c>
+      <c r="EM21">
+        <v>24</v>
+      </c>
+      <c r="EN21">
+        <v>11</v>
+      </c>
+      <c r="EO21">
+        <v>31</v>
+      </c>
     </row>
-    <row r="22" spans="1:139">
+    <row r="22" spans="1:145">
       <c r="A22" t="s">
-        <v>159</v>
+        <v>165</v>
       </c>
       <c r="B22">
         <v>62.031999999999996</v>
       </c>
       <c r="C22">
         <v>63.116</v>
       </c>
       <c r="D22">
         <v>63.666</v>
       </c>
       <c r="E22">
         <v>63.388</v>
       </c>
       <c r="F22">
         <v>63.12</v>
       </c>
       <c r="G22">
         <v>60.717</v>
       </c>
       <c r="H22">
         <v>60.774</v>
       </c>
       <c r="I22">
         <v>61.437</v>
       </c>
@@ -10063,50 +10459,68 @@
         <v>99.49299999999999</v>
       </c>
       <c r="EB22">
         <v>99.651</v>
       </c>
       <c r="EC22">
         <v>99.786</v>
       </c>
       <c r="ED22">
         <v>100.14100000000001</v>
       </c>
       <c r="EE22">
         <v>100.914</v>
       </c>
       <c r="EF22">
         <v>101.11799999999999</v>
       </c>
       <c r="EG22">
         <v>101.57299999999999</v>
       </c>
       <c r="EH22">
         <v>101.92700000000001</v>
       </c>
       <c r="EI22">
         <v>102.069000000000003</v>
+      </c>
+      <c r="EJ22">
+        <v>102.90000000000001</v>
+      </c>
+      <c r="EK22">
+        <v>103.024000000000001</v>
+      </c>
+      <c r="EL22">
+        <v>103.66800000000001</v>
+      </c>
+      <c r="EM22">
+        <v>104.19499999999999</v>
+      </c>
+      <c r="EN22">
+        <v>104.23399999999999</v>
+      </c>
+      <c r="EO22">
+        <v>104.574</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>