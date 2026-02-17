--- v0 (2025-12-17)
+++ v1 (2026-02-17)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="160">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="166">
   <si>
     <t>Departamento</t>
   </si>
   <si>
     <t>ene-2014</t>
   </si>
   <si>
     <t>feb-2014</t>
   </si>
   <si>
     <t>mar-2014</t>
   </si>
   <si>
     <t>abr-2014</t>
   </si>
   <si>
     <t>may-2014</t>
   </si>
   <si>
     <t>jun-2014</t>
   </si>
   <si>
     <t>jul-2014</t>
   </si>
   <si>
@@ -429,50 +429,68 @@
     <t>oct-24</t>
   </si>
   <si>
     <t>nov-24</t>
   </si>
   <si>
     <t>dic-24</t>
   </si>
   <si>
     <t>ene-25</t>
   </si>
   <si>
     <t>feb-25</t>
   </si>
   <si>
     <t>mar-25</t>
   </si>
   <si>
     <t>abr-25</t>
   </si>
   <si>
     <t>may-25</t>
   </si>
   <si>
     <t>jun-25</t>
+  </si>
+  <si>
+    <t>jul-25</t>
+  </si>
+  <si>
+    <t>ago-25</t>
+  </si>
+  <si>
+    <t>sep-25</t>
+  </si>
+  <si>
+    <t>oct-25</t>
+  </si>
+  <si>
+    <t>nov-25</t>
+  </si>
+  <si>
+    <t>dic-25</t>
   </si>
   <si>
     <t>Artigas</t>
   </si>
   <si>
     <t>Canelones</t>
   </si>
   <si>
     <t>Cerro Largo</t>
   </si>
   <si>
     <t>Colonia</t>
   </si>
   <si>
     <t>Durazno</t>
   </si>
   <si>
     <t>Flores</t>
   </si>
   <si>
     <t>Florida</t>
   </si>
   <si>
     <t>Lavalleja</t>
   </si>
@@ -839,59 +857,59 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:EI22"/>
+  <dimension ref="A1:EO22"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
-    <row r="1" spans="1:139">
+    <row r="1" spans="1:145">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
@@ -1265,54 +1283,72 @@
       </c>
       <c r="EB1" t="s">
         <v>131</v>
       </c>
       <c r="EC1" t="s">
         <v>132</v>
       </c>
       <c r="ED1" t="s">
         <v>133</v>
       </c>
       <c r="EE1" t="s">
         <v>134</v>
       </c>
       <c r="EF1" t="s">
         <v>135</v>
       </c>
       <c r="EG1" t="s">
         <v>136</v>
       </c>
       <c r="EH1" t="s">
         <v>137</v>
       </c>
       <c r="EI1" t="s">
         <v>138</v>
       </c>
+      <c r="EJ1" t="s">
+        <v>139</v>
+      </c>
+      <c r="EK1" t="s">
+        <v>140</v>
+      </c>
+      <c r="EL1" t="s">
+        <v>141</v>
+      </c>
+      <c r="EM1" t="s">
+        <v>142</v>
+      </c>
+      <c r="EN1" t="s">
+        <v>143</v>
+      </c>
+      <c r="EO1" t="s">
+        <v>144</v>
+      </c>
     </row>
-    <row r="2" spans="1:139">
+    <row r="2" spans="1:145">
       <c r="A2" t="s">
-        <v>139</v>
+        <v>145</v>
       </c>
       <c r="B2">
         <v>13.377</v>
       </c>
       <c r="C2">
         <v>13.764</v>
       </c>
       <c r="D2">
         <v>13.867</v>
       </c>
       <c r="E2">
         <v>13.785</v>
       </c>
       <c r="F2">
         <v>13.681</v>
       </c>
       <c r="G2">
         <v>14.779</v>
       </c>
       <c r="H2">
         <v>14.51</v>
       </c>
       <c r="I2">
         <v>14.748</v>
       </c>
@@ -1684,54 +1720,72 @@
       </c>
       <c r="EB2">
         <v>17.045999999999999</v>
       </c>
       <c r="EC2">
         <v>17.181</v>
       </c>
       <c r="ED2">
         <v>17.279</v>
       </c>
       <c r="EE2">
         <v>17.349</v>
       </c>
       <c r="EF2">
         <v>17.487</v>
       </c>
       <c r="EG2">
         <v>17.478</v>
       </c>
       <c r="EH2">
         <v>17.515</v>
       </c>
       <c r="EI2">
         <v>17.617</v>
       </c>
+      <c r="EJ2">
+        <v>17.674</v>
+      </c>
+      <c r="EK2">
+        <v>17.686</v>
+      </c>
+      <c r="EL2">
+        <v>17.618</v>
+      </c>
+      <c r="EM2">
+        <v>17.707</v>
+      </c>
+      <c r="EN2">
+        <v>17.802</v>
+      </c>
+      <c r="EO2">
+        <v>17.837</v>
+      </c>
     </row>
-    <row r="3" spans="1:139">
+    <row r="3" spans="1:145">
       <c r="A3" t="s">
-        <v>140</v>
+        <v>146</v>
       </c>
       <c r="B3">
         <v>41.218</v>
       </c>
       <c r="C3">
         <v>42.098999999999997</v>
       </c>
       <c r="D3">
         <v>42.82</v>
       </c>
       <c r="E3">
         <v>42.839</v>
       </c>
       <c r="F3">
         <v>42.946</v>
       </c>
       <c r="G3">
         <v>45.221</v>
       </c>
       <c r="H3">
         <v>45.072000000000003</v>
       </c>
       <c r="I3">
         <v>44.761</v>
       </c>
@@ -2103,54 +2157,72 @@
       </c>
       <c r="EB3">
         <v>62.682</v>
       </c>
       <c r="EC3">
         <v>62.6</v>
       </c>
       <c r="ED3">
         <v>62.71</v>
       </c>
       <c r="EE3">
         <v>63.226</v>
       </c>
       <c r="EF3">
         <v>63.293</v>
       </c>
       <c r="EG3">
         <v>63.513</v>
       </c>
       <c r="EH3">
         <v>63.753</v>
       </c>
       <c r="EI3">
         <v>63.791</v>
       </c>
+      <c r="EJ3">
+        <v>64.179</v>
+      </c>
+      <c r="EK3">
+        <v>64.29900000000001</v>
+      </c>
+      <c r="EL3">
+        <v>64.29300000000001</v>
+      </c>
+      <c r="EM3">
+        <v>64.259</v>
+      </c>
+      <c r="EN3">
+        <v>64.40000000000001</v>
+      </c>
+      <c r="EO3">
+        <v>64.542</v>
+      </c>
     </row>
-    <row r="4" spans="1:139">
+    <row r="4" spans="1:145">
       <c r="A4" t="s">
-        <v>141</v>
+        <v>147</v>
       </c>
       <c r="B4">
         <v>10.354</v>
       </c>
       <c r="C4">
         <v>10.545</v>
       </c>
       <c r="D4">
         <v>10.748</v>
       </c>
       <c r="E4">
         <v>10.742</v>
       </c>
       <c r="F4">
         <v>10.68</v>
       </c>
       <c r="G4">
         <v>11.398</v>
       </c>
       <c r="H4">
         <v>11.206</v>
       </c>
       <c r="I4">
         <v>11.293</v>
       </c>
@@ -2522,54 +2594,72 @@
       </c>
       <c r="EB4">
         <v>12.968</v>
       </c>
       <c r="EC4">
         <v>12.972</v>
       </c>
       <c r="ED4">
         <v>13.050000000000001</v>
       </c>
       <c r="EE4">
         <v>13.042</v>
       </c>
       <c r="EF4">
         <v>13.077</v>
       </c>
       <c r="EG4">
         <v>13.07</v>
       </c>
       <c r="EH4">
         <v>13.125</v>
       </c>
       <c r="EI4">
         <v>13.217</v>
       </c>
+      <c r="EJ4">
+        <v>13.255</v>
+      </c>
+      <c r="EK4">
+        <v>13.272</v>
+      </c>
+      <c r="EL4">
+        <v>13.267</v>
+      </c>
+      <c r="EM4">
+        <v>13.281</v>
+      </c>
+      <c r="EN4">
+        <v>13.232</v>
+      </c>
+      <c r="EO4">
+        <v>13.211</v>
+      </c>
     </row>
-    <row r="5" spans="1:139">
+    <row r="5" spans="1:145">
       <c r="A5" t="s">
-        <v>142</v>
+        <v>148</v>
       </c>
       <c r="B5">
         <v>5.947</v>
       </c>
       <c r="C5">
         <v>6.149</v>
       </c>
       <c r="D5">
         <v>6.295</v>
       </c>
       <c r="E5">
         <v>6.306</v>
       </c>
       <c r="F5">
         <v>6.248</v>
       </c>
       <c r="G5">
         <v>6.903</v>
       </c>
       <c r="H5">
         <v>6.824</v>
       </c>
       <c r="I5">
         <v>6.787</v>
       </c>
@@ -2941,54 +3031,72 @@
       </c>
       <c r="EB5">
         <v>10.737</v>
       </c>
       <c r="EC5">
         <v>10.749</v>
       </c>
       <c r="ED5">
         <v>10.882</v>
       </c>
       <c r="EE5">
         <v>10.986</v>
       </c>
       <c r="EF5">
         <v>10.951</v>
       </c>
       <c r="EG5">
         <v>10.972</v>
       </c>
       <c r="EH5">
         <v>11.021000000000001</v>
       </c>
       <c r="EI5">
         <v>11.053000000000001</v>
       </c>
+      <c r="EJ5">
+        <v>11.065</v>
+      </c>
+      <c r="EK5">
+        <v>11.028</v>
+      </c>
+      <c r="EL5">
+        <v>11.039999999999999</v>
+      </c>
+      <c r="EM5">
+        <v>10.999</v>
+      </c>
+      <c r="EN5">
+        <v>10.955</v>
+      </c>
+      <c r="EO5">
+        <v>10.957</v>
+      </c>
     </row>
-    <row r="6" spans="1:139">
+    <row r="6" spans="1:145">
       <c r="A6" t="s">
-        <v>143</v>
+        <v>149</v>
       </c>
       <c r="B6">
         <v>5.819</v>
       </c>
       <c r="C6">
         <v>5.822</v>
       </c>
       <c r="D6">
         <v>5.869</v>
       </c>
       <c r="E6">
         <v>5.881</v>
       </c>
       <c r="F6">
         <v>5.835</v>
       </c>
       <c r="G6">
         <v>6.185</v>
       </c>
       <c r="H6">
         <v>6.089</v>
       </c>
       <c r="I6">
         <v>6.134</v>
       </c>
@@ -3360,54 +3468,72 @@
       </c>
       <c r="EB6">
         <v>7.363</v>
       </c>
       <c r="EC6">
         <v>7.423</v>
       </c>
       <c r="ED6">
         <v>7.433</v>
       </c>
       <c r="EE6">
         <v>7.461</v>
       </c>
       <c r="EF6">
         <v>7.501</v>
       </c>
       <c r="EG6">
         <v>7.501</v>
       </c>
       <c r="EH6">
         <v>7.526</v>
       </c>
       <c r="EI6">
         <v>7.553</v>
       </c>
+      <c r="EJ6">
+        <v>7.546</v>
+      </c>
+      <c r="EK6">
+        <v>7.477</v>
+      </c>
+      <c r="EL6">
+        <v>7.461</v>
+      </c>
+      <c r="EM6">
+        <v>7.431</v>
+      </c>
+      <c r="EN6">
+        <v>7.446</v>
+      </c>
+      <c r="EO6">
+        <v>7.462</v>
+      </c>
     </row>
-    <row r="7" spans="1:139">
+    <row r="7" spans="1:145">
       <c r="A7" t="s">
-        <v>144</v>
+        <v>150</v>
       </c>
       <c r="B7">
         <v>1.178</v>
       </c>
       <c r="C7">
         <v>1.212</v>
       </c>
       <c r="D7">
         <v>1.222</v>
       </c>
       <c r="E7">
         <v>1.22</v>
       </c>
       <c r="F7">
         <v>1.242</v>
       </c>
       <c r="G7">
         <v>1.347</v>
       </c>
       <c r="H7">
         <v>1.327</v>
       </c>
       <c r="I7">
         <v>1.367</v>
       </c>
@@ -3779,54 +3905,72 @@
       </c>
       <c r="EB7">
         <v>1.432</v>
       </c>
       <c r="EC7">
         <v>1.423</v>
       </c>
       <c r="ED7">
         <v>1.439</v>
       </c>
       <c r="EE7">
         <v>1.441</v>
       </c>
       <c r="EF7">
         <v>1.444</v>
       </c>
       <c r="EG7">
         <v>1.45</v>
       </c>
       <c r="EH7">
         <v>1.47</v>
       </c>
       <c r="EI7">
         <v>1.473</v>
       </c>
+      <c r="EJ7">
+        <v>1.491</v>
+      </c>
+      <c r="EK7">
+        <v>1.487</v>
+      </c>
+      <c r="EL7">
+        <v>1.481</v>
+      </c>
+      <c r="EM7">
+        <v>1.483</v>
+      </c>
+      <c r="EN7">
+        <v>1.483</v>
+      </c>
+      <c r="EO7">
+        <v>1.493</v>
+      </c>
     </row>
-    <row r="8" spans="1:139">
+    <row r="8" spans="1:145">
       <c r="A8" t="s">
-        <v>145</v>
+        <v>151</v>
       </c>
       <c r="B8">
         <v>4.819</v>
       </c>
       <c r="C8">
         <v>4.904</v>
       </c>
       <c r="D8">
         <v>5.014</v>
       </c>
       <c r="E8">
         <v>4.99</v>
       </c>
       <c r="F8">
         <v>4.961</v>
       </c>
       <c r="G8">
         <v>5.51</v>
       </c>
       <c r="H8">
         <v>5.378</v>
       </c>
       <c r="I8">
         <v>5.291</v>
       </c>
@@ -4198,54 +4342,72 @@
       </c>
       <c r="EB8">
         <v>6.381</v>
       </c>
       <c r="EC8">
         <v>6.415</v>
       </c>
       <c r="ED8">
         <v>6.501</v>
       </c>
       <c r="EE8">
         <v>6.502</v>
       </c>
       <c r="EF8">
         <v>6.486</v>
       </c>
       <c r="EG8">
         <v>6.485</v>
       </c>
       <c r="EH8">
         <v>6.497</v>
       </c>
       <c r="EI8">
         <v>6.428</v>
       </c>
+      <c r="EJ8">
+        <v>6.428</v>
+      </c>
+      <c r="EK8">
+        <v>6.365</v>
+      </c>
+      <c r="EL8">
+        <v>6.396</v>
+      </c>
+      <c r="EM8">
+        <v>6.381</v>
+      </c>
+      <c r="EN8">
+        <v>6.421</v>
+      </c>
+      <c r="EO8">
+        <v>6.386</v>
+      </c>
     </row>
-    <row r="9" spans="1:139">
+    <row r="9" spans="1:145">
       <c r="A9" t="s">
-        <v>146</v>
+        <v>152</v>
       </c>
       <c r="B9">
         <v>4.016</v>
       </c>
       <c r="C9">
         <v>4.067</v>
       </c>
       <c r="D9">
         <v>4.126</v>
       </c>
       <c r="E9">
         <v>4.156</v>
       </c>
       <c r="F9">
         <v>4.072</v>
       </c>
       <c r="G9">
         <v>4.307</v>
       </c>
       <c r="H9">
         <v>4.189</v>
       </c>
       <c r="I9">
         <v>4.275</v>
       </c>
@@ -4617,54 +4779,72 @@
       </c>
       <c r="EB9">
         <v>5.052</v>
       </c>
       <c r="EC9">
         <v>5.037</v>
       </c>
       <c r="ED9">
         <v>5.084</v>
       </c>
       <c r="EE9">
         <v>5.038</v>
       </c>
       <c r="EF9">
         <v>5.048</v>
       </c>
       <c r="EG9">
         <v>5.011</v>
       </c>
       <c r="EH9">
         <v>4.989</v>
       </c>
       <c r="EI9">
         <v>4.919</v>
       </c>
+      <c r="EJ9">
+        <v>4.868</v>
+      </c>
+      <c r="EK9">
+        <v>4.884</v>
+      </c>
+      <c r="EL9">
+        <v>4.878</v>
+      </c>
+      <c r="EM9">
+        <v>4.846</v>
+      </c>
+      <c r="EN9">
+        <v>4.813</v>
+      </c>
+      <c r="EO9">
+        <v>4.785</v>
+      </c>
     </row>
-    <row r="10" spans="1:139">
+    <row r="10" spans="1:145">
       <c r="A10" t="s">
-        <v>147</v>
+        <v>153</v>
       </c>
       <c r="B10">
         <v>7.722</v>
       </c>
       <c r="C10">
         <v>7.931</v>
       </c>
       <c r="D10">
         <v>8.028</v>
       </c>
       <c r="E10">
         <v>7.931</v>
       </c>
       <c r="F10">
         <v>7.902</v>
       </c>
       <c r="G10">
         <v>8.301</v>
       </c>
       <c r="H10">
         <v>8.229</v>
       </c>
       <c r="I10">
         <v>8.286</v>
       </c>
@@ -5036,54 +5216,72 @@
       </c>
       <c r="EB10">
         <v>13.714</v>
       </c>
       <c r="EC10">
         <v>13.742</v>
       </c>
       <c r="ED10">
         <v>13.741</v>
       </c>
       <c r="EE10">
         <v>13.803</v>
       </c>
       <c r="EF10">
         <v>13.825</v>
       </c>
       <c r="EG10">
         <v>13.864</v>
       </c>
       <c r="EH10">
         <v>13.869</v>
       </c>
       <c r="EI10">
         <v>13.913</v>
       </c>
+      <c r="EJ10">
+        <v>13.937</v>
+      </c>
+      <c r="EK10">
+        <v>13.854</v>
+      </c>
+      <c r="EL10">
+        <v>13.91</v>
+      </c>
+      <c r="EM10">
+        <v>13.891</v>
+      </c>
+      <c r="EN10">
+        <v>13.856</v>
+      </c>
+      <c r="EO10">
+        <v>13.848</v>
+      </c>
     </row>
-    <row r="11" spans="1:139">
+    <row r="11" spans="1:145">
       <c r="A11" t="s">
-        <v>148</v>
+        <v>154</v>
       </c>
       <c r="B11">
         <v>97.895</v>
       </c>
       <c r="C11">
         <v>101.069999999999993</v>
       </c>
       <c r="D11">
         <v>102.44</v>
       </c>
       <c r="E11">
         <v>102.122</v>
       </c>
       <c r="F11">
         <v>101.938</v>
       </c>
       <c r="G11">
         <v>103.831</v>
       </c>
       <c r="H11">
         <v>103.651</v>
       </c>
       <c r="I11">
         <v>107.934</v>
       </c>
@@ -5455,54 +5653,72 @@
       </c>
       <c r="EB11">
         <v>146.994</v>
       </c>
       <c r="EC11">
         <v>146.86000000000001</v>
       </c>
       <c r="ED11">
         <v>146.96600000000001</v>
       </c>
       <c r="EE11">
         <v>147.44399999999999</v>
       </c>
       <c r="EF11">
         <v>147.83600000000001</v>
       </c>
       <c r="EG11">
         <v>148.34200000000001</v>
       </c>
       <c r="EH11">
         <v>148.42400000000001</v>
       </c>
       <c r="EI11">
         <v>148.69200000000001</v>
       </c>
+      <c r="EJ11">
+        <v>149.35400000000001</v>
+      </c>
+      <c r="EK11">
+        <v>149.404</v>
+      </c>
+      <c r="EL11">
+        <v>149.804</v>
+      </c>
+      <c r="EM11">
+        <v>150.53899999999999</v>
+      </c>
+      <c r="EN11">
+        <v>150.60400000000001</v>
+      </c>
+      <c r="EO11">
+        <v>150.786</v>
+      </c>
     </row>
-    <row r="12" spans="1:139">
+    <row r="12" spans="1:145">
       <c r="A12" t="s">
-        <v>149</v>
+        <v>155</v>
       </c>
       <c r="B12">
         <v>13.696</v>
       </c>
       <c r="C12">
         <v>13.945</v>
       </c>
       <c r="D12">
         <v>14.316</v>
       </c>
       <c r="E12">
         <v>14.191</v>
       </c>
       <c r="F12">
         <v>14.084</v>
       </c>
       <c r="G12">
         <v>14.823</v>
       </c>
       <c r="H12">
         <v>14.735</v>
       </c>
       <c r="I12">
         <v>15.203</v>
       </c>
@@ -5874,54 +6090,72 @@
       </c>
       <c r="EB12">
         <v>16.665</v>
       </c>
       <c r="EC12">
         <v>16.658</v>
       </c>
       <c r="ED12">
         <v>16.652</v>
       </c>
       <c r="EE12">
         <v>16.647</v>
       </c>
       <c r="EF12">
         <v>16.677</v>
       </c>
       <c r="EG12">
         <v>16.703</v>
       </c>
       <c r="EH12">
         <v>16.659</v>
       </c>
       <c r="EI12">
         <v>16.583</v>
       </c>
+      <c r="EJ12">
+        <v>16.539</v>
+      </c>
+      <c r="EK12">
+        <v>16.56</v>
+      </c>
+      <c r="EL12">
+        <v>16.567</v>
+      </c>
+      <c r="EM12">
+        <v>16.58</v>
+      </c>
+      <c r="EN12">
+        <v>16.572</v>
+      </c>
+      <c r="EO12">
+        <v>16.568</v>
+      </c>
     </row>
-    <row r="13" spans="1:139">
+    <row r="13" spans="1:145">
       <c r="A13" t="s">
-        <v>150</v>
+        <v>156</v>
       </c>
       <c r="B13">
         <v>5.507</v>
       </c>
       <c r="C13">
         <v>5.565</v>
       </c>
       <c r="D13">
         <v>5.757</v>
       </c>
       <c r="E13">
         <v>5.73</v>
       </c>
       <c r="F13">
         <v>5.696</v>
       </c>
       <c r="G13">
         <v>6.265</v>
       </c>
       <c r="H13">
         <v>6.123</v>
       </c>
       <c r="I13">
         <v>6.157</v>
       </c>
@@ -6240,107 +6474,125 @@
       <c r="DJ13">
         <v>7.182</v>
       </c>
       <c r="DK13">
         <v>7.166</v>
       </c>
       <c r="DL13">
         <v>7.175</v>
       </c>
       <c r="DM13">
         <v>7.187</v>
       </c>
       <c r="DN13">
         <v>7.049</v>
       </c>
       <c r="DO13">
         <v>6.945</v>
       </c>
       <c r="DP13">
         <v>6.927</v>
       </c>
       <c r="DQ13">
         <v>6.902</v>
       </c>
       <c r="DR13">
-        <v>20.591</v>
+        <v>6.897</v>
       </c>
       <c r="DS13">
-        <v>20.608</v>
+        <v>6.939</v>
       </c>
       <c r="DT13">
-        <v>20.574</v>
+        <v>6.998</v>
       </c>
       <c r="DU13">
-        <v>20.803</v>
+        <v>7.106</v>
       </c>
       <c r="DV13">
-        <v>20.898</v>
+        <v>7.141</v>
       </c>
       <c r="DW13">
-        <v>21.077999999999999</v>
+        <v>7.114</v>
       </c>
       <c r="DX13">
-        <v>21.221</v>
+        <v>7.1</v>
       </c>
       <c r="DY13">
-        <v>21.297</v>
+        <v>7.174</v>
       </c>
       <c r="DZ13">
-        <v>21.181</v>
+        <v>7.196</v>
       </c>
       <c r="EA13">
-        <v>21.26</v>
+        <v>7.212</v>
       </c>
       <c r="EB13">
-        <v>21.197</v>
+        <v>7.238</v>
       </c>
       <c r="EC13">
-        <v>21.159</v>
+        <v>7.248</v>
       </c>
       <c r="ED13">
         <v>21.228</v>
       </c>
       <c r="EE13">
         <v>21.264</v>
       </c>
       <c r="EF13">
         <v>21.33</v>
       </c>
       <c r="EG13">
         <v>21.311</v>
       </c>
       <c r="EH13">
         <v>21.271</v>
       </c>
       <c r="EI13">
         <v>21.263</v>
       </c>
+      <c r="EJ13">
+        <v>7.466</v>
+      </c>
+      <c r="EK13">
+        <v>7.518</v>
+      </c>
+      <c r="EL13">
+        <v>7.554</v>
+      </c>
+      <c r="EM13">
+        <v>7.553</v>
+      </c>
+      <c r="EN13">
+        <v>7.543</v>
+      </c>
+      <c r="EO13">
+        <v>7.522</v>
+      </c>
     </row>
-    <row r="14" spans="1:139">
+    <row r="14" spans="1:145">
       <c r="A14" t="s">
-        <v>151</v>
+        <v>157</v>
       </c>
       <c r="B14">
         <v>14.133</v>
       </c>
       <c r="C14">
         <v>14.421</v>
       </c>
       <c r="D14">
         <v>14.554</v>
       </c>
       <c r="E14">
         <v>14.587</v>
       </c>
       <c r="F14">
         <v>14.523</v>
       </c>
       <c r="G14">
         <v>15.67</v>
       </c>
       <c r="H14">
         <v>15.62</v>
       </c>
       <c r="I14">
         <v>15.595</v>
       </c>
@@ -6659,107 +6911,125 @@
       <c r="DJ14">
         <v>20.398</v>
       </c>
       <c r="DK14">
         <v>20.49</v>
       </c>
       <c r="DL14">
         <v>20.533</v>
       </c>
       <c r="DM14">
         <v>20.577</v>
       </c>
       <c r="DN14">
         <v>20.66</v>
       </c>
       <c r="DO14">
         <v>20.681</v>
       </c>
       <c r="DP14">
         <v>20.759</v>
       </c>
       <c r="DQ14">
         <v>20.525</v>
       </c>
       <c r="DR14">
-        <v>7.043</v>
+        <v>20.591</v>
       </c>
       <c r="DS14">
-        <v>7.086</v>
+        <v>20.608</v>
       </c>
       <c r="DT14">
-        <v>7.067</v>
+        <v>20.574</v>
       </c>
       <c r="DU14">
-        <v>7.144</v>
+        <v>20.803</v>
       </c>
       <c r="DV14">
-        <v>7.217</v>
+        <v>20.898</v>
       </c>
       <c r="DW14">
-        <v>7.262</v>
+        <v>21.077999999999999</v>
       </c>
       <c r="DX14">
-        <v>7.331</v>
+        <v>21.221</v>
       </c>
       <c r="DY14">
-        <v>7.43</v>
+        <v>21.297</v>
       </c>
       <c r="DZ14">
-        <v>7.488</v>
+        <v>21.181</v>
       </c>
       <c r="EA14">
-        <v>7.549</v>
+        <v>21.26</v>
       </c>
       <c r="EB14">
-        <v>7.579</v>
+        <v>21.197</v>
       </c>
       <c r="EC14">
-        <v>7.657</v>
+        <v>21.159</v>
       </c>
       <c r="ED14">
         <v>7.691</v>
       </c>
       <c r="EE14">
         <v>7.81</v>
       </c>
       <c r="EF14">
         <v>7.849</v>
       </c>
       <c r="EG14">
         <v>7.871</v>
       </c>
       <c r="EH14">
         <v>7.939</v>
       </c>
       <c r="EI14">
         <v>7.9</v>
       </c>
+      <c r="EJ14">
+        <v>21.316</v>
+      </c>
+      <c r="EK14">
+        <v>21.264</v>
+      </c>
+      <c r="EL14">
+        <v>21.33</v>
+      </c>
+      <c r="EM14">
+        <v>21.353</v>
+      </c>
+      <c r="EN14">
+        <v>21.392</v>
+      </c>
+      <c r="EO14">
+        <v>21.49</v>
+      </c>
     </row>
-    <row r="15" spans="1:139">
+    <row r="15" spans="1:145">
       <c r="A15" t="s">
-        <v>152</v>
+        <v>158</v>
       </c>
       <c r="B15">
         <v>5.731</v>
       </c>
       <c r="C15">
         <v>5.823</v>
       </c>
       <c r="D15">
         <v>5.804</v>
       </c>
       <c r="E15">
         <v>5.794</v>
       </c>
       <c r="F15">
         <v>5.743</v>
       </c>
       <c r="G15">
         <v>5.969</v>
       </c>
       <c r="H15">
         <v>5.803</v>
       </c>
       <c r="I15">
         <v>5.846</v>
       </c>
@@ -7078,107 +7348,125 @@
       <c r="DJ15">
         <v>8.069000000000001</v>
       </c>
       <c r="DK15">
         <v>8.058</v>
       </c>
       <c r="DL15">
         <v>8.127</v>
       </c>
       <c r="DM15">
         <v>8.0020000000000007</v>
       </c>
       <c r="DN15">
         <v>7.809</v>
       </c>
       <c r="DO15">
         <v>7.709</v>
       </c>
       <c r="DP15">
         <v>7.521</v>
       </c>
       <c r="DQ15">
         <v>7.086</v>
       </c>
       <c r="DR15">
-        <v>6.897</v>
+        <v>7.043</v>
       </c>
       <c r="DS15">
-        <v>6.939</v>
+        <v>7.086</v>
       </c>
       <c r="DT15">
-        <v>6.998</v>
+        <v>7.067</v>
       </c>
       <c r="DU15">
-        <v>7.106</v>
+        <v>7.144</v>
       </c>
       <c r="DV15">
-        <v>7.141</v>
+        <v>7.217</v>
       </c>
       <c r="DW15">
-        <v>7.114</v>
+        <v>7.262</v>
       </c>
       <c r="DX15">
-        <v>7.1</v>
+        <v>7.331</v>
       </c>
       <c r="DY15">
-        <v>7.174</v>
+        <v>7.43</v>
       </c>
       <c r="DZ15">
-        <v>7.196</v>
+        <v>7.488</v>
       </c>
       <c r="EA15">
-        <v>7.212</v>
+        <v>7.549</v>
       </c>
       <c r="EB15">
-        <v>7.238</v>
+        <v>7.579</v>
       </c>
       <c r="EC15">
-        <v>7.248</v>
+        <v>7.657</v>
       </c>
       <c r="ED15">
         <v>7.257</v>
       </c>
       <c r="EE15">
         <v>7.266</v>
       </c>
       <c r="EF15">
         <v>7.329</v>
       </c>
       <c r="EG15">
         <v>7.377</v>
       </c>
       <c r="EH15">
         <v>7.374</v>
       </c>
       <c r="EI15">
         <v>7.437</v>
       </c>
+      <c r="EJ15">
+        <v>7.912</v>
+      </c>
+      <c r="EK15">
+        <v>7.975</v>
+      </c>
+      <c r="EL15">
+        <v>8.084</v>
+      </c>
+      <c r="EM15">
+        <v>8.106</v>
+      </c>
+      <c r="EN15">
+        <v>8.178</v>
+      </c>
+      <c r="EO15">
+        <v>8.238</v>
+      </c>
     </row>
-    <row r="16" spans="1:139">
+    <row r="16" spans="1:145">
       <c r="A16" t="s">
-        <v>153</v>
+        <v>159</v>
       </c>
       <c r="B16">
         <v>19.621</v>
       </c>
       <c r="C16">
         <v>19.938</v>
       </c>
       <c r="D16">
         <v>20.445</v>
       </c>
       <c r="E16">
         <v>20.374</v>
       </c>
       <c r="F16">
         <v>20.3</v>
       </c>
       <c r="G16">
         <v>22.395</v>
       </c>
       <c r="H16">
         <v>22.218</v>
       </c>
       <c r="I16">
         <v>22.786</v>
       </c>
@@ -7550,54 +7838,72 @@
       </c>
       <c r="EB16">
         <v>24.838</v>
       </c>
       <c r="EC16">
         <v>24.879</v>
       </c>
       <c r="ED16">
         <v>24.87</v>
       </c>
       <c r="EE16">
         <v>24.989</v>
       </c>
       <c r="EF16">
         <v>25.079999999999998</v>
       </c>
       <c r="EG16">
         <v>25.142</v>
       </c>
       <c r="EH16">
         <v>25.133</v>
       </c>
       <c r="EI16">
         <v>25.219</v>
       </c>
+      <c r="EJ16">
+        <v>25.27</v>
+      </c>
+      <c r="EK16">
+        <v>25.335</v>
+      </c>
+      <c r="EL16">
+        <v>25.476</v>
+      </c>
+      <c r="EM16">
+        <v>25.492</v>
+      </c>
+      <c r="EN16">
+        <v>25.547</v>
+      </c>
+      <c r="EO16">
+        <v>25.664</v>
+      </c>
     </row>
-    <row r="17" spans="1:139">
+    <row r="17" spans="1:145">
       <c r="A17" t="s">
-        <v>154</v>
+        <v>160</v>
       </c>
       <c r="B17">
         <v>7.641</v>
       </c>
       <c r="C17">
         <v>7.779</v>
       </c>
       <c r="D17">
         <v>7.965</v>
       </c>
       <c r="E17">
         <v>7.845</v>
       </c>
       <c r="F17">
         <v>7.817</v>
       </c>
       <c r="G17">
         <v>8.565</v>
       </c>
       <c r="H17">
         <v>8.468</v>
       </c>
       <c r="I17">
         <v>8.303</v>
       </c>
@@ -7969,54 +8275,72 @@
       </c>
       <c r="EB17">
         <v>12.774</v>
       </c>
       <c r="EC17">
         <v>12.779</v>
       </c>
       <c r="ED17">
         <v>12.768</v>
       </c>
       <c r="EE17">
         <v>12.76</v>
       </c>
       <c r="EF17">
         <v>12.774</v>
       </c>
       <c r="EG17">
         <v>12.768</v>
       </c>
       <c r="EH17">
         <v>12.71</v>
       </c>
       <c r="EI17">
         <v>12.702</v>
       </c>
+      <c r="EJ17">
+        <v>12.748</v>
+      </c>
+      <c r="EK17">
+        <v>12.668</v>
+      </c>
+      <c r="EL17">
+        <v>12.732</v>
+      </c>
+      <c r="EM17">
+        <v>12.693</v>
+      </c>
+      <c r="EN17">
+        <v>12.721</v>
+      </c>
+      <c r="EO17">
+        <v>12.701</v>
+      </c>
     </row>
-    <row r="18" spans="1:139">
+    <row r="18" spans="1:145">
       <c r="A18" t="s">
-        <v>155</v>
+        <v>161</v>
       </c>
       <c r="B18">
         <v>8.307</v>
       </c>
       <c r="C18">
         <v>8.361</v>
       </c>
       <c r="D18">
         <v>8.477</v>
       </c>
       <c r="E18">
         <v>8.463</v>
       </c>
       <c r="F18">
         <v>8.357</v>
       </c>
       <c r="G18">
         <v>8.743</v>
       </c>
       <c r="H18">
         <v>8.662</v>
       </c>
       <c r="I18">
         <v>8.728</v>
       </c>
@@ -8388,54 +8712,72 @@
       </c>
       <c r="EB18">
         <v>8.826</v>
       </c>
       <c r="EC18">
         <v>8.865</v>
       </c>
       <c r="ED18">
         <v>8.828</v>
       </c>
       <c r="EE18">
         <v>8.83</v>
       </c>
       <c r="EF18">
         <v>8.778</v>
       </c>
       <c r="EG18">
         <v>8.78</v>
       </c>
       <c r="EH18">
         <v>8.811</v>
       </c>
       <c r="EI18">
         <v>8.786</v>
       </c>
+      <c r="EJ18">
+        <v>8.8</v>
+      </c>
+      <c r="EK18">
+        <v>8.853</v>
+      </c>
+      <c r="EL18">
+        <v>8.878</v>
+      </c>
+      <c r="EM18">
+        <v>8.869</v>
+      </c>
+      <c r="EN18">
+        <v>8.829</v>
+      </c>
+      <c r="EO18">
+        <v>8.835</v>
+      </c>
     </row>
-    <row r="19" spans="1:139">
+    <row r="19" spans="1:145">
       <c r="A19" t="s">
-        <v>156</v>
+        <v>162</v>
       </c>
       <c r="B19">
         <v>11.476</v>
       </c>
       <c r="C19">
         <v>11.577</v>
       </c>
       <c r="D19">
         <v>11.759</v>
       </c>
       <c r="E19">
         <v>11.689</v>
       </c>
       <c r="F19">
         <v>11.65</v>
       </c>
       <c r="G19">
         <v>12.519</v>
       </c>
       <c r="H19">
         <v>12.254</v>
       </c>
       <c r="I19">
         <v>12.254</v>
       </c>
@@ -8807,54 +9149,72 @@
       </c>
       <c r="EB19">
         <v>14.18</v>
       </c>
       <c r="EC19">
         <v>14.27</v>
       </c>
       <c r="ED19">
         <v>14.28</v>
       </c>
       <c r="EE19">
         <v>14.348</v>
       </c>
       <c r="EF19">
         <v>14.344</v>
       </c>
       <c r="EG19">
         <v>14.354</v>
       </c>
       <c r="EH19">
         <v>14.315</v>
       </c>
       <c r="EI19">
         <v>14.394</v>
       </c>
+      <c r="EJ19">
+        <v>14.432</v>
+      </c>
+      <c r="EK19">
+        <v>14.508</v>
+      </c>
+      <c r="EL19">
+        <v>14.515</v>
+      </c>
+      <c r="EM19">
+        <v>14.44</v>
+      </c>
+      <c r="EN19">
+        <v>14.406</v>
+      </c>
+      <c r="EO19">
+        <v>14.401</v>
+      </c>
     </row>
-    <row r="20" spans="1:139">
+    <row r="20" spans="1:145">
       <c r="A20" t="s">
-        <v>157</v>
+        <v>163</v>
       </c>
       <c r="B20">
         <v>5.457</v>
       </c>
       <c r="C20">
         <v>5.518</v>
       </c>
       <c r="D20">
         <v>5.565</v>
       </c>
       <c r="E20">
         <v>5.474</v>
       </c>
       <c r="F20">
         <v>5.458</v>
       </c>
       <c r="G20">
         <v>5.775</v>
       </c>
       <c r="H20">
         <v>5.737</v>
       </c>
       <c r="I20">
         <v>5.769</v>
       </c>
@@ -9226,54 +9586,72 @@
       </c>
       <c r="EB20">
         <v>5.729</v>
       </c>
       <c r="EC20">
         <v>5.736</v>
       </c>
       <c r="ED20">
         <v>5.797</v>
       </c>
       <c r="EE20">
         <v>5.788</v>
       </c>
       <c r="EF20">
         <v>5.88</v>
       </c>
       <c r="EG20">
         <v>5.88</v>
       </c>
       <c r="EH20">
         <v>5.872</v>
       </c>
       <c r="EI20">
         <v>5.823</v>
       </c>
+      <c r="EJ20">
+        <v>5.811</v>
+      </c>
+      <c r="EK20">
+        <v>5.885</v>
+      </c>
+      <c r="EL20">
+        <v>5.881</v>
+      </c>
+      <c r="EM20">
+        <v>5.901</v>
+      </c>
+      <c r="EN20">
+        <v>5.886</v>
+      </c>
+      <c r="EO20">
+        <v>5.879</v>
+      </c>
     </row>
-    <row r="21" spans="1:139">
+    <row r="21" spans="1:145">
       <c r="A21" t="s">
-        <v>158</v>
+        <v>164</v>
       </c>
       <c r="B21">
         <v>4</v>
       </c>
       <c r="C21">
         <v>7</v>
       </c>
       <c r="D21">
         <v>39</v>
       </c>
       <c r="E21">
         <v>1</v>
       </c>
       <c r="F21">
         <v>3</v>
       </c>
       <c r="G21">
         <v>0</v>
       </c>
       <c r="H21">
         <v>0</v>
       </c>
       <c r="I21">
         <v>0</v>
       </c>
@@ -9645,54 +10023,72 @@
       </c>
       <c r="EB21">
         <v>0</v>
       </c>
       <c r="EC21">
         <v>3</v>
       </c>
       <c r="ED21">
         <v>0</v>
       </c>
       <c r="EE21">
         <v>0</v>
       </c>
       <c r="EF21">
         <v>8</v>
       </c>
       <c r="EG21">
         <v>0</v>
       </c>
       <c r="EH21">
         <v>10</v>
       </c>
       <c r="EI21">
         <v>47</v>
       </c>
+      <c r="EJ21">
+        <v>11</v>
+      </c>
+      <c r="EK21">
+        <v>13</v>
+      </c>
+      <c r="EL21">
+        <v>29</v>
+      </c>
+      <c r="EM21">
+        <v>14</v>
+      </c>
+      <c r="EN21">
+        <v>8</v>
+      </c>
+      <c r="EO21">
+        <v>14</v>
+      </c>
     </row>
-    <row r="22" spans="1:139">
+    <row r="22" spans="1:145">
       <c r="A22" t="s">
-        <v>159</v>
+        <v>165</v>
       </c>
       <c r="B22">
         <v>283.91800000000001</v>
       </c>
       <c r="C22">
         <v>290.49700000000001</v>
       </c>
       <c r="D22">
         <v>295.11000000000001</v>
       </c>
       <c r="E22">
         <v>294.12</v>
       </c>
       <c r="F22">
         <v>293.13600000000002</v>
       </c>
       <c r="G22">
         <v>308.50599999999997</v>
       </c>
       <c r="H22">
         <v>306.095000000000027</v>
       </c>
       <c r="I22">
         <v>311.517</v>
       </c>
@@ -10063,50 +10459,68 @@
         <v>403.70699999999999</v>
       </c>
       <c r="EB22">
         <v>403.39499999999998</v>
       </c>
       <c r="EC22">
         <v>403.65600000000001</v>
       </c>
       <c r="ED22">
         <v>404.45600000000002</v>
       </c>
       <c r="EE22">
         <v>405.99400000000003</v>
       </c>
       <c r="EF22">
         <v>406.99700000000001</v>
       </c>
       <c r="EG22">
         <v>407.87200000000001</v>
       </c>
       <c r="EH22">
         <v>408.28300000000002</v>
       </c>
       <c r="EI22">
         <v>408.81</v>
+      </c>
+      <c r="EJ22">
+        <v>410.10199999999998</v>
+      </c>
+      <c r="EK22">
+        <v>410.33499999999998</v>
+      </c>
+      <c r="EL22">
+        <v>411.19400000000002</v>
+      </c>
+      <c r="EM22">
+        <v>411.81799999999998</v>
+      </c>
+      <c r="EN22">
+        <v>412.093999999999994</v>
+      </c>
+      <c r="EO22">
+        <v>412.61900000000003</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>