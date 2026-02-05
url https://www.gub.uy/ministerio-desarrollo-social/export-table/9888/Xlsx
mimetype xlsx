--- v0 (2026-01-12)
+++ v1 (2026-02-05)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="212">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="218">
   <si>
     <t>Beneficiarios</t>
   </si>
   <si>
     <t>ene-2008</t>
   </si>
   <si>
     <t>feb-2008</t>
   </si>
   <si>
     <t>mar-2008</t>
   </si>
   <si>
     <t>abr-2008</t>
   </si>
   <si>
     <t>may-2008</t>
   </si>
   <si>
     <t>jun-2008</t>
   </si>
   <si>
     <t>jul-2008</t>
   </si>
   <si>
@@ -645,50 +645,68 @@
     <t>oct-2024</t>
   </si>
   <si>
     <t>nov-2024</t>
   </si>
   <si>
     <t>dic-2024</t>
   </si>
   <si>
     <t>ene-2025</t>
   </si>
   <si>
     <t>feb-2025</t>
   </si>
   <si>
     <t>mar-2025</t>
   </si>
   <si>
     <t>abr-2025</t>
   </si>
   <si>
     <t>may-2025</t>
   </si>
   <si>
     <t>jun-2025</t>
+  </si>
+  <si>
+    <t>jul-2025</t>
+  </si>
+  <si>
+    <t>ago-2025</t>
+  </si>
+  <si>
+    <t>set-2025</t>
+  </si>
+  <si>
+    <t>oct-2025</t>
+  </si>
+  <si>
+    <t>nov-2025</t>
+  </si>
+  <si>
+    <t>dic-2025</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -995,59 +1013,59 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:HC2"/>
+  <dimension ref="A1:HI2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
-    <row r="1" spans="1:211">
+    <row r="1" spans="1:217">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
@@ -1637,54 +1655,72 @@
       </c>
       <c r="GV1" t="s">
         <v>203</v>
       </c>
       <c r="GW1" t="s">
         <v>204</v>
       </c>
       <c r="GX1" t="s">
         <v>205</v>
       </c>
       <c r="GY1" t="s">
         <v>206</v>
       </c>
       <c r="GZ1" t="s">
         <v>207</v>
       </c>
       <c r="HA1" t="s">
         <v>208</v>
       </c>
       <c r="HB1" t="s">
         <v>209</v>
       </c>
       <c r="HC1" t="s">
         <v>210</v>
       </c>
+      <c r="HD1" t="s">
+        <v>211</v>
+      </c>
+      <c r="HE1" t="s">
+        <v>212</v>
+      </c>
+      <c r="HF1" t="s">
+        <v>213</v>
+      </c>
+      <c r="HG1" t="s">
+        <v>214</v>
+      </c>
+      <c r="HH1" t="s">
+        <v>215</v>
+      </c>
+      <c r="HI1" t="s">
+        <v>216</v>
+      </c>
     </row>
-    <row r="2" spans="1:211">
+    <row r="2" spans="1:217">
       <c r="A2" t="s">
-        <v>211</v>
+        <v>217</v>
       </c>
       <c r="B2">
         <v>2.138</v>
       </c>
       <c r="C2">
         <v>2.195</v>
       </c>
       <c r="D2">
         <v>2.197</v>
       </c>
       <c r="E2">
         <v>2.221</v>
       </c>
       <c r="F2">
         <v>2.29</v>
       </c>
       <c r="G2">
         <v>2.304</v>
       </c>
       <c r="H2">
         <v>2.35</v>
       </c>
       <c r="I2">
         <v>2.406</v>
       </c>
@@ -2271,50 +2307,68 @@
         <v>4.508</v>
       </c>
       <c r="GV2">
         <v>4.652</v>
       </c>
       <c r="GW2">
         <v>4.744</v>
       </c>
       <c r="GX2">
         <v>4.77</v>
       </c>
       <c r="GY2">
         <v>4.934</v>
       </c>
       <c r="GZ2">
         <v>5.065</v>
       </c>
       <c r="HA2">
         <v>5.192</v>
       </c>
       <c r="HB2">
         <v>5.358</v>
       </c>
       <c r="HC2">
         <v>5.404</v>
+      </c>
+      <c r="HD2">
+        <v>5.463</v>
+      </c>
+      <c r="HE2">
+        <v>5.482</v>
+      </c>
+      <c r="HF2">
+        <v>5.559</v>
+      </c>
+      <c r="HG2">
+        <v>5.579</v>
+      </c>
+      <c r="HH2">
+        <v>5.649</v>
+      </c>
+      <c r="HI2">
+        <v>5.609</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>