--- v1 (2026-02-05)
+++ v2 (2026-03-03)
@@ -1013,59 +1013,59 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:HI2"/>
+  <dimension ref="A1:HK2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
-    <row r="1" spans="1:217">
+    <row r="1" spans="1:219">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
@@ -1674,51 +1674,51 @@
       <c r="HB1" t="s">
         <v>209</v>
       </c>
       <c r="HC1" t="s">
         <v>210</v>
       </c>
       <c r="HD1" t="s">
         <v>211</v>
       </c>
       <c r="HE1" t="s">
         <v>212</v>
       </c>
       <c r="HF1" t="s">
         <v>213</v>
       </c>
       <c r="HG1" t="s">
         <v>214</v>
       </c>
       <c r="HH1" t="s">
         <v>215</v>
       </c>
       <c r="HI1" t="s">
         <v>216</v>
       </c>
     </row>
-    <row r="2" spans="1:217">
+    <row r="2" spans="1:219">
       <c r="A2" t="s">
         <v>217</v>
       </c>
       <c r="B2">
         <v>2.138</v>
       </c>
       <c r="C2">
         <v>2.195</v>
       </c>
       <c r="D2">
         <v>2.197</v>
       </c>
       <c r="E2">
         <v>2.221</v>
       </c>
       <c r="F2">
         <v>2.29</v>
       </c>
       <c r="G2">
         <v>2.304</v>
       </c>
       <c r="H2">
         <v>2.35</v>
       </c>
       <c r="I2">
@@ -2325,50 +2325,56 @@
         <v>5.192</v>
       </c>
       <c r="HB2">
         <v>5.358</v>
       </c>
       <c r="HC2">
         <v>5.404</v>
       </c>
       <c r="HD2">
         <v>5.463</v>
       </c>
       <c r="HE2">
         <v>5.482</v>
       </c>
       <c r="HF2">
         <v>5.559</v>
       </c>
       <c r="HG2">
         <v>5.579</v>
       </c>
       <c r="HH2">
         <v>5.649</v>
       </c>
       <c r="HI2">
         <v>5.609</v>
+      </c>
+      <c r="HJ2">
+        <v>0</v>
+      </c>
+      <c r="HK2">
+        <v>0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>