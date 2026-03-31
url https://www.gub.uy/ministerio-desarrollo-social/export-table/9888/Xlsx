--- v2 (2026-03-03)
+++ v3 (2026-03-31)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="218">
   <si>
     <t>Beneficiarios</t>
   </si>
   <si>
     <t>ene-2008</t>
   </si>
   <si>
     <t>feb-2008</t>
   </si>
   <si>
@@ -671,51 +671,51 @@
   <si>
     <t>jul-2025</t>
   </si>
   <si>
     <t>ago-2025</t>
   </si>
   <si>
     <t>set-2025</t>
   </si>
   <si>
     <t>oct-2025</t>
   </si>
   <si>
     <t>nov-2025</t>
   </si>
   <si>
     <t>dic-2025</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
@@ -1009,57 +1009,57 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:HK2"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
+    <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:219">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">